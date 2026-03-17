--- v0 (2025-10-22)
+++ v1 (2026-03-17)
@@ -1,7944 +1,11293 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="43284F80" w14:textId="77777777" w:rsidR="00485544" w:rsidRPr="00485544" w:rsidRDefault="00782430" w:rsidP="008D7710">
+    <w:p w14:paraId="17555C9F" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="00017BED">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>When to use this form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40CEF077" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>This form is for anyone who believes a council elected member has breached the Local Government Code of Conduct. Any person can report an alleged breach of the Local Government Code of Conduct. It can be used by members of the public, council staff or other councillors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DEBE19E" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Complaints of breach of the Code of Conduct are made under Part 7.4 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Local Government Act 2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (the Act).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D3B42D0" w14:textId="03DB98B0" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="00017BED">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Before you start</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257F0C4B" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Your complaint must be made within 3 months of the alleged breach of the Code of Conduct.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16074DD9" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your complaint must be in this approved form and include a statutory declaration by you. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314244F1" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Note: A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> statutory declaration is a written statement of fact that you promise to tell the truth.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="565B937D" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>It is recommended you read the Code of Conduct so you can identify which clauses may have been breached and refer to them in the complaint (see Appendix A - Code of Conduct).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1235F642" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>In addition to the complaint, it is recommended that you provide specific facts and supporting evidence (e.g., meeting records, correspondence or witness statements).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B34FF45" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If possible, consider informal resolution first, such as raising the matter with the council Chief Executive Officer (CEO) or through mediation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B31C3DE" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note: Informal resolution is not compulsory. You may still decide to proceed with this complaint at any time. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F3418A1" w14:textId="16D0DE5E" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="00017BED">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Completing and </w:t>
+      </w:r>
+      <w:r w:rsidR="00017BED">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">odging the </w:t>
+      </w:r>
+      <w:r w:rsidR="00017BED">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>orm</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CA1B16D" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Under section 120 (1) of the Act, complaints of breach of the Code of Conduct by an elected member are to be submitted to the CEO of the relevant council. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="722093BD" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Note: Check your council’s website for the contact details.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66D09E23" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Ensure that when you lodge your complaint you include all your attachments (statutory declaration and supporting evidence (if any)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C4F94E1" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>The statutory declaration must include information verifying the allegations of the breach or breaches of the Code of Conduct.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="440F78B8" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>If additional pages or documents are to be attached to the complaint, you should number and identify each extra page. The same applies if you attach additional pages or documents to your statutory declaration. You must sign and date each page of your statutory declaration, ensuring each page is also signed and dated by a witness aged 18 years or older.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="209703C9" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">If you have obtained a witness statement by someone else, a separate statutory declaration must be signed and provided from that witness. Once again, each page of the statutory declaration must be signed and dated, and a witness aged 18 years or older must witness each page. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C7900CC" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Note:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>there is no limit on the number of witness statements you may attach to your complaint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29207697" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It is recommended that you request acknowledgement by council of receipt of your complaint. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D724895" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The receipt shows that you have made a complaint, and that you filed it within </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>3 months</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the alleged breach of the Code of Conduct. Keep this receipt for your records.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04577225" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Remember that elected members are public officers, and lodgement of a complaint under the Act does not relieve you from any legal obligations to make other reports (if relevant), including mandatory reporting requirements under other laws.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C2AC24" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The lodgement of a potentially </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vexatious or frivolous complaint </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>by an elected member</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may constitute a breach of the Code of Conduct.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C52AB7C" w14:textId="7E89B46C" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="00017BED">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What happens next </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A8975AE" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>After you complete this form, attach the statutory declaration and other evidence and lodge it with the relevant council CEO:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="067498EA" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>The CEO will check that your complaint meets legal requirements and falls within the Code of Conduct framework.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="421AF07F" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Council CEO, as soon as practicable, refers the complaint to the council.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E89076A" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>The council may:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09EE27BB" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Handle the complaint within the council:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1076E995" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1843"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>The council will review and decide:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CEBB8E5" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>There was no breach; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A20F2C6" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>There was a breach and take no action; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D0E57A5" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>There was a breach and do any or combination of:  issue a reprimand; recommend training, counselling, or mediation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A4513E2" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>If requested by the complainant or the respondent, refer the complaint to a mediator or other third party</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>before the council has taken an action:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57188EC1" w14:textId="3337F072" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1843"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Council can accept or reject the request</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">Breach of </w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00EA38E3">
-        <w:t xml:space="preserve">Code of Conduct </w:t>
+    </w:p>
+    <w:p w14:paraId="64297128" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1843"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>If accepted, the third party must consider the complaint and then refer back to council.</w:t>
       </w:r>
-      <w:r w:rsidR="007C29EC">
+    </w:p>
+    <w:p w14:paraId="24E6ECB7" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1843"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>The council then must take into consideration any advice of the third party and make a decision in accordance with section 3.1.1 above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A13F282" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>If requested by the complainant (when a council member) or respondent, refer the complaint to the prescribed corporation (Local Government Association of the Northern Territory (LGANT)):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A4B50BF" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1843"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>The prescribed corporation establishes an independent panel of three nominees (including one from the ‘agency’, the relevant Department responsible for local government) to make a decision in accordance with section 3.1.1 above. The panel can decide any other recommendation they consider appropriate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3665A254" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1843"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>The prescribed corporation panel may summarily reject a complaint referral or application without considering it if the panel is satisfied that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74113C91" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>the complaint would more appropriately form the subject matter of a criminal charge; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="544D6E87" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>the complaint is frivolous, vexatious or lacking in substance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39960197" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1843"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>The prescribed corporation panel must give a decision notice to the complainant and respondent within 90 days of receipt of the referral or application of the complaint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC7E1CF" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>The council or council panel must give a decision notice to the complainant and respondent within 90 days of receipt of the complaint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="712EA7E0" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="454347"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>A complainant or respondent may, within 28 days of receiving the decision notice, apply to the prescribed corporation for consideration of the complaint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25EB28E0" w14:textId="436D1FE4" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="00017BED">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Privacy and </w:t>
+      </w:r>
+      <w:r w:rsidR="00017BED">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nformation </w:t>
+      </w:r>
+      <w:r w:rsidR="00017BED">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>otice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498BCD73" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Councils handle all personal information under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Information Act 2002</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="135597D6" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>The prescribed corporation (LGANT) applies the same privacy principles, as far as practicable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55AEA52A" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All personal information collected in this form is used only for assessing and determining the complaint and for meeting statutory obligations. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28030D7B" w14:textId="18ED0B14" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="00017BED">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Key </w:t>
+      </w:r>
+      <w:r w:rsidR="00017BED">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="00485544" w:rsidRPr="00485544">
-        <w:t>omplaint form</w:t>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>ontacts</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="1828FDA1" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your local council CEO – first point of contact for lodging or checking a complaint. Check their web site for contact details. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7796CA13" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prescribed Corporation (LGANT): </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="004F4DA8">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="en-AU"/>
+          </w:rPr>
+          <w:t>info@lgant.asn.au</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or (08) 8944 9688 (for referred matters only).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ED32AC5" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="361CA8C0" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="048297DC" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="210878B0" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D0AC064" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0083AEF9" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56DC367C" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59231D72" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="332D8105" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73BB7827" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79FD5A1D" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="077704BF" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BFDD0C0" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="533E4CE3" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1818731D" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D04E06B" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A356AA7" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14121BD6" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69F7A6D3" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="10446" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1941"/>
         <w:gridCol w:w="617"/>
         <w:gridCol w:w="2399"/>
         <w:gridCol w:w="155"/>
         <w:gridCol w:w="128"/>
         <w:gridCol w:w="94"/>
         <w:gridCol w:w="331"/>
         <w:gridCol w:w="2122"/>
         <w:gridCol w:w="872"/>
         <w:gridCol w:w="1649"/>
         <w:gridCol w:w="138"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0010658E" w14:paraId="5133414A" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="5D354F25" w14:textId="77777777" w:rsidTr="00017BED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="138" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5665" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7C7EA6F5" w14:textId="77777777" w:rsidR="00485544" w:rsidRPr="00AD352D" w:rsidRDefault="00B61E58" w:rsidP="008D7710">
+          <w:p w14:paraId="5CC7CA16" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="12"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD352D">
-[...3 lines deleted...]
-              <w:t>:</w:t>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Your name:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21D7ED75" w14:textId="77777777" w:rsidR="00485544" w:rsidRDefault="00485544" w:rsidP="008D7710">
+          <w:p w14:paraId="77A09B3C" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="73BD5D12" w14:textId="77777777" w:rsidR="00485544" w:rsidRPr="007E417A" w:rsidRDefault="00B61E58" w:rsidP="008D7710">
+          <w:p w14:paraId="6770468E" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
               <w:ind w:left="357"/>
               <w:rPr>
-                <w:i/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>You are the complainant.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4643" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="42A864E3" w14:textId="77777777" w:rsidR="00485544" w:rsidRPr="00782430" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="594F95DE" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Text1"/>
-            <w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C47D1" w14:paraId="319B1481" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="41BA272C" w14:textId="77777777" w:rsidTr="00017BED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="138" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5665" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="365C9225" w14:textId="77777777" w:rsidR="002C47D1" w:rsidRDefault="002C47D1" w:rsidP="008D7710">
+          <w:p w14:paraId="612A350D" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="12"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC4178">
-[...15 lines deleted...]
-              <w:t>:</w:t>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Name of the council member alleged to have breached the Code of Conduct:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="185F5C40" w14:textId="77777777" w:rsidR="002C47D1" w:rsidRDefault="002C47D1" w:rsidP="008D7710">
+          <w:p w14:paraId="2B42222B" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:i/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1D62CFAE" w14:textId="77777777" w:rsidR="002C47D1" w:rsidRPr="007E417A" w:rsidRDefault="002C47D1" w:rsidP="008D7710">
+          <w:p w14:paraId="23259B6C" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
               <w:ind w:left="357"/>
               <w:rPr>
-                <w:i/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E417A">
-[...33 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>This council member is the respondent.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4643" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="72C6042D" w14:textId="77777777" w:rsidR="002C47D1" w:rsidRPr="00782430" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="74C842DE" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C47D1" w14:paraId="0E60781F" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="6916B03D" w14:textId="77777777" w:rsidTr="00017BED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="138" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5665" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="256E70E8" w14:textId="77777777" w:rsidR="002C47D1" w:rsidRDefault="002C47D1" w:rsidP="008D7710">
+          <w:p w14:paraId="1D7DABD0" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="12"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-              <w:t>ouncil:</w:t>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Name of the relevant Council:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18EE382B" w14:textId="77777777" w:rsidR="00325610" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="79350275" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="05ED92D4" w14:textId="77777777" w:rsidR="00325610" w:rsidRPr="00B61E58" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="01AC2FAE" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
               <w:ind w:left="357"/>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00325610">
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> means the local government council in which the respondent is a council member.</w:t>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Relevant Council means the local government council in which the respondent is a council member.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4643" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="06269441" w14:textId="77777777" w:rsidR="002C47D1" w:rsidRPr="00782430" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="45ADCC59" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11122ECC" w14:textId="77777777" w:rsidR="00782430" w:rsidRPr="00782430" w:rsidRDefault="00782430" w:rsidP="008D7710">
+          <w:p w14:paraId="37855DA2" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="019A0FE5" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRPr="00782430" w:rsidRDefault="00D42A04" w:rsidP="008D7710">
+          <w:p w14:paraId="1265DE88" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C47D1" w14:paraId="403FBBF3" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="50CD3241" w14:textId="77777777" w:rsidTr="00017BED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="138" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5665" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="25ECEC05" w14:textId="77777777" w:rsidR="002C47D1" w:rsidRPr="00642DFE" w:rsidRDefault="002C47D1" w:rsidP="008D7710">
+          <w:p w14:paraId="26741424" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="12"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:ind w:right="109"/>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...16 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date(s) of alleged incident(s) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E3565D8" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+            <w:pPr>
+              <w:ind w:left="357"/>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>(must be within 3 months of lodging this complaint)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7190F538" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+            <w:pPr>
+              <w:ind w:left="357"/>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="611C58CE" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+            <w:pPr>
+              <w:ind w:left="357"/>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4643" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="0D2747FC" w14:textId="77777777" w:rsidR="00E11379" w:rsidRPr="00782430" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="1787D398" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="5C38752B" w14:textId="77777777" w:rsidTr="00017BED">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="138" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B0DBEC1" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>List the clause number(s) of the Code of Conduct that you allege the respondent has breached:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4643" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="095BD579" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3701474E" w14:textId="77777777" w:rsidR="00E11379" w:rsidRPr="00782430" w:rsidRDefault="00E11379" w:rsidP="008D7710">
+          <w:p w14:paraId="2319310A" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="471958BC" w14:textId="77777777" w:rsidR="00782430" w:rsidRDefault="00782430" w:rsidP="008D7710">
+          <w:p w14:paraId="187B1B4F" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="326DFAEA" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRPr="00782430" w:rsidRDefault="00D42A04" w:rsidP="008D7710">
+          <w:p w14:paraId="45D374E6" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D42A04" w14:paraId="678DDB52" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="636CA55D" w14:textId="77777777" w:rsidTr="00017BED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="138" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5665" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="681A240E" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRDefault="00D42A04" w:rsidP="008D7710">
+          <w:p w14:paraId="7CF3D5BF" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="12"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> for advice before the Council decides your complaint?</w:t>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Do you request that the Council refer your complaint to a third party (e.g. a mediator) for advice before the Council decides your complaint?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DE61190" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRDefault="00D42A04" w:rsidP="008D7710">
+          <w:p w14:paraId="315C0C81" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0E3CB169" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRPr="00D42A04" w:rsidRDefault="00D42A04" w:rsidP="008D7710">
+          <w:p w14:paraId="33587E1E" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
               <w:ind w:left="357"/>
               <w:rPr>
-                <w:i/>
-                <w:sz w:val="20"/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0010658E">
-[...74 lines deleted...]
-              <w:t>whether to refer your complaint to a third party.</w:t>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Note: This is only a request. It is a Council decision whether to refer your complaint to a third party.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4643" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="496EB26E" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRPr="00AD352D" w:rsidRDefault="00D42A04" w:rsidP="008D7710">
+          <w:p w14:paraId="64EB02CA" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...2 lines deleted...]
-                <w:sz w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD352D">
-[...2 lines deleted...]
-                <w:sz w:val="22"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Please select one:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36C00306" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRPr="00325610" w:rsidRDefault="00D42A04" w:rsidP="008D7710">
+          <w:p w14:paraId="26D6DA93" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7F40C794" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRPr="00325610" w:rsidRDefault="00F06C9E" w:rsidP="008D7710">
+          <w:p w14:paraId="1B8BEF0E" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="00000000" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="22"/>
+                  <w:rStyle w:val="Questionlabel"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:id w:val="-1736317576"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008D7710">
+                <w:r w:rsidR="004F4DA8" w:rsidRPr="00017BED">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="22"/>
+                    <w:rStyle w:val="Questionlabel"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="008D7710">
-[...9 lines deleted...]
-              <w:t>Yes</w:t>
+            <w:r w:rsidR="004F4DA8" w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73358720" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRPr="00D42A04" w:rsidRDefault="00F06C9E" w:rsidP="008D7710">
+          <w:p w14:paraId="625EA1A8" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="00000000" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:b/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="22"/>
+                  <w:rStyle w:val="Questionlabel"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:id w:val="-1425496844"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008D7710">
+                <w:r w:rsidR="004F4DA8" w:rsidRPr="00017BED">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="22"/>
+                    <w:rStyle w:val="Questionlabel"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="008D7710">
-[...9 lines deleted...]
-              <w:t>No</w:t>
+            <w:r w:rsidR="004F4DA8" w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D42A04" w14:paraId="34A08F33" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="2CAD5DCF" w14:textId="77777777" w:rsidTr="00017BED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="138" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5665" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4823CD01" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRPr="00325610" w:rsidRDefault="00D42A04" w:rsidP="008D7710">
+          <w:p w14:paraId="5A10B9E0" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="12"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD352D">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AD352D">
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Are you a current elected council member of the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">relevant </w:t>
-[...5 lines deleted...]
-              <w:t>ouncil?</w:t>
+              <w:t>relevant Council?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4643" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="207C6EA4" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRPr="00AD352D" w:rsidRDefault="00D42A04" w:rsidP="008D7710">
+          <w:p w14:paraId="4EB79F17" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...2 lines deleted...]
-                <w:sz w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD352D">
-[...2 lines deleted...]
-                <w:sz w:val="22"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Please select one:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60AD43CC" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRDefault="00D42A04" w:rsidP="008D7710">
+          <w:p w14:paraId="755F1197" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="720EC81E" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRPr="00325610" w:rsidRDefault="00F06C9E" w:rsidP="008D7710">
+          <w:p w14:paraId="5B32BEB2" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="00000000" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="22"/>
+                  <w:rStyle w:val="Questionlabel"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:id w:val="1967784939"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008D7710">
+                <w:r w:rsidR="004F4DA8" w:rsidRPr="00017BED">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="22"/>
+                    <w:rStyle w:val="Questionlabel"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="008D7710">
-[...37 lines deleted...]
-              <w:t>uestion 7)</w:t>
+            <w:r w:rsidR="004F4DA8" w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes (proceed to Question 8)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C200D07" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRPr="00BA4A30" w:rsidRDefault="00F06C9E" w:rsidP="008D7710">
+          <w:p w14:paraId="44CAA1C8" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="00000000" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="22"/>
+                  <w:rStyle w:val="Questionlabel"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:id w:val="-1953321796"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008D7710">
+                <w:r w:rsidR="004F4DA8" w:rsidRPr="00017BED">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="22"/>
+                    <w:rStyle w:val="Questionlabel"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="008D7710">
-[...40 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidR="004F4DA8" w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No (proceed to Question 9)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F266A5" w14:paraId="0651B271" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="6EE2BBB4" w14:textId="77777777" w:rsidTr="00017BED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="138" w:type="dxa"/>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10308" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="343741"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EA26036" w14:textId="77777777" w:rsidR="00F266A5" w:rsidRPr="00AD352D" w:rsidRDefault="00F266A5" w:rsidP="008D7710">
+          <w:p w14:paraId="11F4941C" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="00017BED">
             <w:pPr>
-              <w:spacing w:before="120"/>
-[...3 lines deleted...]
-                <w:sz w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0045740A">
-[...15 lines deleted...]
-              <w:t>ouncil</w:t>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+              </w:rPr>
+              <w:t>Only answer Question 8 if you are a current elected council member of the relevant Council</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D42A04" w14:paraId="13ED4572" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="68FA9B67" w14:textId="77777777" w:rsidTr="00017BED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="138" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5665" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="07373CB8" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRDefault="00D42A04" w:rsidP="008D7710">
+          <w:p w14:paraId="0B47D7D0" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="12"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> to the Local Government Association of the Northern Territory (LGANT) for a decision, rather than the Council?</w:t>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Do you want your complaint referred to the prescribed corporation (LGANT) for a decision, rather than the Council or another third party (e.g. a mediator)?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D212400" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRDefault="00D42A04" w:rsidP="008D7710">
+          <w:p w14:paraId="5E2EFDEF" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2B6F06F1" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRDefault="00D42A04" w:rsidP="008D7710">
+          <w:p w14:paraId="4BD09C94" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
               <w:ind w:left="357"/>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...46 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>If a council member of the relevant Council selects ‘Yes’, the complaint will be referred to the prescribed corporation for a decision.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4643" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D6A179A" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRPr="00AD352D" w:rsidRDefault="00D42A04" w:rsidP="008D7710">
+          <w:p w14:paraId="1D13C30B" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...2 lines deleted...]
-                <w:sz w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD352D">
-[...2 lines deleted...]
-                <w:sz w:val="22"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Please select one:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A1856CC" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRDefault="00D42A04" w:rsidP="008D7710">
+          <w:p w14:paraId="1A2E3858" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="22C6A082" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRPr="00325610" w:rsidRDefault="00F06C9E" w:rsidP="008D7710">
+          <w:p w14:paraId="7A34360C" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="00000000" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="22"/>
+                  <w:rStyle w:val="Questionlabel"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:id w:val="-32420293"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008D7710">
+                <w:r w:rsidR="004F4DA8" w:rsidRPr="00017BED">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="22"/>
+                    <w:rStyle w:val="Questionlabel"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="008D7710">
-[...9 lines deleted...]
-              <w:t>Yes</w:t>
+            <w:r w:rsidR="004F4DA8" w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3908713F" w14:textId="77777777" w:rsidR="00D42A04" w:rsidRPr="00BA4A30" w:rsidRDefault="00F06C9E" w:rsidP="008D7710">
+          <w:p w14:paraId="400A5F66" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="00000000" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="22"/>
+                  <w:rStyle w:val="Questionlabel"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:id w:val="-2023697535"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008D7710">
+                <w:r w:rsidR="004F4DA8" w:rsidRPr="00017BED">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="22"/>
+                    <w:rStyle w:val="Questionlabel"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="008D7710">
-[...9 lines deleted...]
-              <w:t>No</w:t>
+            <w:r w:rsidR="004F4DA8" w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D7710" w14:paraId="10610043" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="3F73F5FB" w14:textId="77777777" w:rsidTr="00F1690C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="138" w:type="dxa"/>
+          <w:trHeight w:val="552"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10308" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7128A5F7" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Please proceed to the next page.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="7303862F" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="138" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10308" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="108DEBCD" w14:textId="77777777" w:rsidR="008D7710" w:rsidRDefault="008D7710" w:rsidP="008D7710">
+          <w:p w14:paraId="5EB084C2" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120"/>
-              <w:jc w:val="center"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:b/>
-[...536 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...9 lines deleted...]
-          <w:p w14:paraId="4AE25564" w14:textId="77777777" w:rsidR="00325610" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="34E1F9DE" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...10 lines deleted...]
-          <w:p w14:paraId="67F2C28E" w14:textId="77777777" w:rsidR="00325610" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="5C3B88FF" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00325610" w:rsidRPr="00E11379" w14:paraId="3F748F23" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="0AE51FCC" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="415"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1941" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E84FC05" w14:textId="77777777" w:rsidR="00325610" w:rsidRPr="00E11379" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="693FBA53" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Your signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EC50642" w14:textId="77777777" w:rsidR="00325610" w:rsidRPr="00325610" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="4CDBE8BB" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00325610">
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Date: </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Text3"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="178E05E5" w14:textId="77777777" w:rsidR="00325610" w:rsidRPr="00E11379" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="2B7C1AF6" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3419" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E84D5AB" w14:textId="77777777" w:rsidR="00325610" w:rsidRPr="00E11379" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="53231EB7" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E11379">
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Signature of witness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1787" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0905D2CC" w14:textId="77777777" w:rsidR="00325610" w:rsidRPr="00325610" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="055E3A09" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00325610">
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Date: </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Text2"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00325610" w14:paraId="7A40B5D0" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="30ED08CC" w14:textId="77777777" w:rsidTr="00017BED">
         <w:trPr>
           <w:trHeight w:val="814"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10446" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="75A3FFF0" w14:textId="77777777" w:rsidR="00325610" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="13019540" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="12"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Details of the respondent’s alleged breach </w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> of the Code of Conduct:</w:t>
+              <w:t>Details of the respondent’s alleged breach (or breaches) of the Code of Conduct:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F9E8C4E" w14:textId="77777777" w:rsidR="00325610" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="3EC77E4F" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="70795863" w14:textId="77777777" w:rsidR="00325610" w:rsidRPr="008A323C" w:rsidRDefault="00325610" w:rsidP="0061083C">
+          <w:p w14:paraId="0645702C" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
               <w:ind w:left="357"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A323C">
-[...173 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Detail by completing the below table for each clause of the Code of Conduct that you allege has been breached. Support your claim of each alleged breach with details of what happened.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00325610" w14:paraId="4D7FB617" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="4F05797A" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10446" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
-              <w:tblStyle w:val="TableGrid"/>
+              <w:tblStyle w:val="TableGrid1"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2157"/>
               <w:gridCol w:w="2694"/>
               <w:gridCol w:w="5369"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00056F5C" w:rsidRPr="00056F5C" w14:paraId="55B7753C" w14:textId="77777777" w:rsidTr="009C4D34">
+            <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="68B9EE97" w14:textId="77777777" w:rsidTr="004F4DA8">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2157" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
                 </w:tcPr>
-                <w:p w14:paraId="1F8BE37A" w14:textId="77777777" w:rsidR="00521274" w:rsidRDefault="00056F5C" w:rsidP="008D7710">
+                <w:p w14:paraId="10775886" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:spacing w:after="120"/>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0061083C">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Code of </w:t>
-[...15 lines deleted...]
-                    <w:t>onduct clause</w:t>
+                    <w:t>Code of Conduct clause</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="54A27CFC" w14:textId="77777777" w:rsidR="00056F5C" w:rsidRPr="009C4D34" w:rsidRDefault="00521274" w:rsidP="008D7710">
+                <w:p w14:paraId="4D8BBB0F" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:spacing w:after="120"/>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                      <w:szCs w:val="20"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                      <w:szCs w:val="20"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
-                    <w:t>S</w:t>
-[...16 lines deleted...]
-                    <w:t>.</w:t>
+                    <w:t>See Appendix below.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2694" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
                 </w:tcPr>
-                <w:p w14:paraId="78A1BC31" w14:textId="77777777" w:rsidR="00056F5C" w:rsidRPr="0061083C" w:rsidRDefault="00056F5C" w:rsidP="008D7710">
+                <w:p w14:paraId="04941900" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:spacing w:after="120"/>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0061083C">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t>Date of alleged breach</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5369" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
                 </w:tcPr>
-                <w:p w14:paraId="6FBD8C2C" w14:textId="77777777" w:rsidR="00056F5C" w:rsidRPr="0061083C" w:rsidRDefault="0061083C" w:rsidP="008D7710">
+                <w:p w14:paraId="408FD3B7" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:spacing w:after="120"/>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0061083C">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
-                    <w:t>Details of what happened</w:t>
+                    <w:t>Details of what happened (you may refer to paragraph numbers of your statutory declaration in this column).</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0061083C" w:rsidRPr="00056F5C" w14:paraId="4E22B2F9" w14:textId="77777777" w:rsidTr="009C4D34">
+            <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="6E436092" w14:textId="77777777" w:rsidTr="00F1690C">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2157" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="7A19655F" w14:textId="77777777" w:rsidR="00521274" w:rsidRDefault="00DB7C7E" w:rsidP="009C4D34">
+                <w:p w14:paraId="40031243" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00056F5C">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text4"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:bookmarkStart w:id="3" w:name="Text4"/>
-                  <w:r w:rsidRPr="00056F5C">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
-                  <w:r w:rsidRPr="00056F5C">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:r>
-                  <w:r w:rsidRPr="00056F5C">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidRPr="00056F5C">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00056F5C">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00056F5C">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00056F5C">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00056F5C">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00056F5C">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="3"/>
                 </w:p>
-                <w:p w14:paraId="3B52E0E7" w14:textId="77777777" w:rsidR="00521274" w:rsidRDefault="00521274" w:rsidP="009C4D34">
+                <w:p w14:paraId="50E07466" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="758ACD44" w14:textId="77777777" w:rsidR="00521274" w:rsidRDefault="00521274" w:rsidP="009C4D34">
+                <w:p w14:paraId="4DDE41A6" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="68F19140" w14:textId="77777777" w:rsidR="00521274" w:rsidRPr="00056F5C" w:rsidRDefault="00521274" w:rsidP="009C4D34">
+                <w:p w14:paraId="628959EA" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="165E45A7" w14:textId="77777777" w:rsidR="00A5522C" w:rsidRPr="00056F5C" w:rsidRDefault="00A5522C" w:rsidP="009C4D34">
+                <w:p w14:paraId="4A4B5354" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2694" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="39A2E5BE" w14:textId="77777777" w:rsidR="00521274" w:rsidRPr="00782430" w:rsidRDefault="00521274" w:rsidP="002D49B7">
+                <w:p w14:paraId="46C897E1" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                       <w:highlight w:val="yellow"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text1"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="39548E34" w14:textId="77777777" w:rsidR="0061083C" w:rsidRDefault="0061083C" w:rsidP="009C4D34">
+                <w:p w14:paraId="18776ED4" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5369" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="7BE0351B" w14:textId="77777777" w:rsidR="00521274" w:rsidRPr="00782430" w:rsidRDefault="00521274" w:rsidP="002D49B7">
+                <w:p w14:paraId="38E3778F" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                       <w:highlight w:val="yellow"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text1"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="6362534E" w14:textId="77777777" w:rsidR="0061083C" w:rsidRDefault="0061083C" w:rsidP="009C4D34">
+                <w:p w14:paraId="096E79CD" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0061083C" w:rsidRPr="00056F5C" w14:paraId="4B6287F6" w14:textId="77777777" w:rsidTr="009C4D34">
+            <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="32328F03" w14:textId="77777777" w:rsidTr="00F1690C">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2157" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="2438D9EB" w14:textId="77777777" w:rsidR="00521274" w:rsidRDefault="00521274" w:rsidP="009C4D34">
+                <w:p w14:paraId="29DCBC99" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text1"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="340CCF95" w14:textId="77777777" w:rsidR="00521274" w:rsidRDefault="00521274" w:rsidP="009C4D34">
+                <w:p w14:paraId="143C014B" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                       <w:highlight w:val="yellow"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="6A845E58" w14:textId="77777777" w:rsidR="00521274" w:rsidRDefault="00521274" w:rsidP="009C4D34">
+                <w:p w14:paraId="5D0A4734" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                       <w:highlight w:val="yellow"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="7324404A" w14:textId="77777777" w:rsidR="00521274" w:rsidRPr="009C4D34" w:rsidRDefault="00521274" w:rsidP="009C4D34">
+                <w:p w14:paraId="6E5A6F21" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                       <w:highlight w:val="yellow"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="50C34D6B" w14:textId="77777777" w:rsidR="0061083C" w:rsidRPr="00056F5C" w:rsidRDefault="0061083C" w:rsidP="009C4D34">
+                <w:p w14:paraId="1E662BA4" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2694" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="6F7DE97F" w14:textId="77777777" w:rsidR="00521274" w:rsidRPr="00782430" w:rsidRDefault="00521274" w:rsidP="002D49B7">
+                <w:p w14:paraId="50A506B9" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                       <w:highlight w:val="yellow"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text1"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="4C738EFE" w14:textId="77777777" w:rsidR="0061083C" w:rsidRDefault="0061083C" w:rsidP="009C4D34">
+                <w:p w14:paraId="65FFC05F" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5369" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="084188CF" w14:textId="77777777" w:rsidR="00521274" w:rsidRPr="00782430" w:rsidRDefault="00521274" w:rsidP="002D49B7">
+                <w:p w14:paraId="1F83DC33" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                       <w:highlight w:val="yellow"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text1"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="552A1B34" w14:textId="77777777" w:rsidR="0061083C" w:rsidRDefault="0061083C" w:rsidP="009C4D34">
+                <w:p w14:paraId="20A34248" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0061083C" w:rsidRPr="00056F5C" w14:paraId="69A1DD6F" w14:textId="77777777" w:rsidTr="009C4D34">
+            <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="6CD57C52" w14:textId="77777777" w:rsidTr="00F1690C">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2157" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="1E06BBB1" w14:textId="77777777" w:rsidR="00521274" w:rsidRDefault="00521274" w:rsidP="009C4D34">
+                <w:p w14:paraId="58A52B2C" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text1"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="035B282E" w14:textId="77777777" w:rsidR="00521274" w:rsidRDefault="00521274" w:rsidP="009C4D34">
+                <w:p w14:paraId="537622F5" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                       <w:highlight w:val="yellow"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="5B212D00" w14:textId="77777777" w:rsidR="00521274" w:rsidRDefault="00521274" w:rsidP="009C4D34">
+                <w:p w14:paraId="7627E106" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
-[...15 lines deleted...]
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2694" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="7A81EF35" w14:textId="77777777" w:rsidR="00521274" w:rsidRPr="00782430" w:rsidRDefault="00521274" w:rsidP="002D49B7">
+                <w:p w14:paraId="72F0A314" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                       <w:highlight w:val="yellow"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text1"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="65C2C20E" w14:textId="77777777" w:rsidR="0061083C" w:rsidRDefault="0061083C" w:rsidP="009C4D34">
+                <w:p w14:paraId="14AD38DE" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5369" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="7B9B9263" w14:textId="77777777" w:rsidR="00521274" w:rsidRPr="00782430" w:rsidRDefault="00521274" w:rsidP="002D49B7">
+                <w:p w14:paraId="546B6733" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                       <w:highlight w:val="yellow"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text1"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:noProof/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="1A4BD11C" w14:textId="77777777" w:rsidR="0061083C" w:rsidRDefault="0061083C" w:rsidP="009C4D34">
+                <w:p w14:paraId="37630577" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...242 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="4D969754" w14:textId="77777777" w:rsidR="007219D4" w:rsidRPr="009C4D34" w:rsidRDefault="007219D4" w:rsidP="008D7710">
+          <w:p w14:paraId="550F4AAD" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-                <w:szCs w:val="24"/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...42 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>To add more cells to the above table, right click with your mouse and select ‘Insert’ &gt; ‘Insert Rows Below’.</w:t>
+            </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
-              <w:tblStyle w:val="TableGrid"/>
+              <w:tblStyle w:val="TableGrid1"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2157"/>
               <w:gridCol w:w="2694"/>
               <w:gridCol w:w="5369"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00DB7C7E" w14:paraId="589D5B0D" w14:textId="77777777" w:rsidTr="009C4D34">
+            <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="045521D1" w14:textId="77777777" w:rsidTr="00017BED">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10220" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="343741"/>
                 </w:tcPr>
-                <w:p w14:paraId="225CAE74" w14:textId="77777777" w:rsidR="00DB7C7E" w:rsidRPr="009C4D34" w:rsidRDefault="00DB7C7E" w:rsidP="009C4D34">
+                <w:p w14:paraId="46B0B679" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="00017BED">
                   <w:pPr>
-                    <w:spacing w:before="120"/>
-                    <w:jc w:val="center"/>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:spacing w:before="120" w:after="120"/>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:szCs w:val="24"/>
+                      <w:rStyle w:val="Questionlabel"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="009C4D34">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:szCs w:val="24"/>
+                      <w:rStyle w:val="Questionlabel"/>
                     </w:rPr>
-                    <w:t>E</w:t>
-[...7 lines deleted...]
-                    <w:t>xample of how to fill in the above table</w:t>
+                    <w:t>Example of how to fill in the above table</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DB7C7E" w14:paraId="3030D502" w14:textId="77777777" w:rsidTr="009C4D34">
+            <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="767C9DDA" w14:textId="77777777" w:rsidTr="004F4DA8">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2157" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
                 </w:tcPr>
-                <w:p w14:paraId="27BAE36E" w14:textId="77777777" w:rsidR="00521274" w:rsidRDefault="00521274" w:rsidP="00521274">
+                <w:p w14:paraId="50FF0AF1" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:spacing w:after="120"/>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0061083C">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Code of </w:t>
-[...15 lines deleted...]
-                    <w:t>onduct clause</w:t>
+                    <w:t>Code of Conduct clause</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="47B3C768" w14:textId="77777777" w:rsidR="00DB7C7E" w:rsidRPr="0061083C" w:rsidRDefault="00521274" w:rsidP="00521274">
+                <w:p w14:paraId="6353AC58" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:spacing w:after="120"/>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                      <w:szCs w:val="20"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
-                    <w:t>S</w:t>
-[...17 lines deleted...]
-                    <w:t>.</w:t>
+                    <w:t>See Appendix below.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2694" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
                 </w:tcPr>
-                <w:p w14:paraId="56F5AF74" w14:textId="77777777" w:rsidR="00DB7C7E" w:rsidRPr="0061083C" w:rsidRDefault="00DB7C7E" w:rsidP="00DB7C7E">
+                <w:p w14:paraId="1C07A248" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:spacing w:after="120"/>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0061083C">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t>Date of alleged breach</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5369" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
                 </w:tcPr>
-                <w:p w14:paraId="2A58EAB4" w14:textId="77777777" w:rsidR="00DB7C7E" w:rsidRPr="0061083C" w:rsidRDefault="00DB7C7E" w:rsidP="00DB7C7E">
+                <w:p w14:paraId="6BE976BA" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:spacing w:after="120"/>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0061083C">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t>Details of what happened</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DB7C7E" w14:paraId="56FA9AC2" w14:textId="77777777" w:rsidTr="009C4D34">
+            <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="22323E40" w14:textId="77777777" w:rsidTr="004F4DA8">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2157" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
                 </w:tcPr>
-                <w:p w14:paraId="5C686A7E" w14:textId="77777777" w:rsidR="00DB7C7E" w:rsidRPr="009C4D34" w:rsidRDefault="006601B0" w:rsidP="00DB7C7E">
+                <w:p w14:paraId="25C09DC5" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:spacing w:after="120"/>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="009C4D34">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">3 – </w:t>
-[...15 lines deleted...]
-                    <w:t>ourtesy</w:t>
+                    <w:t>3 – Courtesy</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2694" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
                 </w:tcPr>
-                <w:p w14:paraId="2CCA4987" w14:textId="77777777" w:rsidR="00DB7C7E" w:rsidRPr="009C4D34" w:rsidRDefault="006601B0" w:rsidP="00DB7C7E">
+                <w:p w14:paraId="697165DB" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:spacing w:after="120"/>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="009C4D34">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t>28 July 2022</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5369" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
                 </w:tcPr>
-                <w:p w14:paraId="67738D24" w14:textId="77777777" w:rsidR="00DB7C7E" w:rsidRPr="009C4D34" w:rsidRDefault="006601B0" w:rsidP="00DB7C7E">
+                <w:p w14:paraId="3E5D73DA" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:spacing w:after="120"/>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="009C4D34">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
-                    <w:t>Councillor Smith yelled at me during the Council meeting, calling me a “stupid idiot”. Everybody at the meeting heard this.</w:t>
+                    <w:t xml:space="preserve">Paragraph 10 of my statutory declaration dated XXXXX. </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DB7C7E" w14:paraId="6E16F522" w14:textId="77777777" w:rsidTr="009C4D34">
+            <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="62041518" w14:textId="77777777" w:rsidTr="004F4DA8">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2157" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
                 </w:tcPr>
-                <w:p w14:paraId="670FE7E8" w14:textId="77777777" w:rsidR="00DB7C7E" w:rsidRPr="009C4D34" w:rsidRDefault="00A5522C" w:rsidP="00A5522C">
+                <w:p w14:paraId="7C8ADEBC" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:spacing w:after="120"/>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="009C4D34">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
-                    <w:t>7</w:t>
-[...23 lines deleted...]
-                    <w:t>onflict of interest</w:t>
+                    <w:t>3 – Courtesy</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2694" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
                 </w:tcPr>
-                <w:p w14:paraId="68408A8B" w14:textId="77777777" w:rsidR="00DB7C7E" w:rsidRPr="009C4D34" w:rsidRDefault="006601B0" w:rsidP="00DB7C7E">
+                <w:p w14:paraId="768FC90E" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:spacing w:after="120"/>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="009C4D34">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                     <w:t>28 July 2022</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5369" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
                 </w:tcPr>
-                <w:p w14:paraId="0F0FD97B" w14:textId="77777777" w:rsidR="00DB7C7E" w:rsidRPr="009C4D34" w:rsidRDefault="008222AC" w:rsidP="00A5522C">
+                <w:p w14:paraId="05211A8C" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
                   <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:spacing w:after="120"/>
                     <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="009C4D34">
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
-                    <w:t>At</w:t>
+                    <w:t>Councillor Smith yelled at me during the Council meeting, calling me a “stupid idiot”. Everybody at the meeting heard this.</w:t>
                   </w:r>
-                  <w:r w:rsidR="006601B0" w:rsidRPr="009C4D34">
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="32371D90" w14:textId="77777777" w:rsidTr="004F4DA8">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2157" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+                </w:tcPr>
+                <w:p w14:paraId="51AA2850" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+                  <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:spacing w:after="120"/>
+                    <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> the Council meeting, there was discussion about tenders for a roadworks contract with the Council. Councillor Smith</w:t>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
+                    <w:t>7 – Conflict of interest</w:t>
                   </w:r>
-                  <w:r w:rsidR="00A5522C" w:rsidRPr="009C4D34">
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2694" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+                </w:tcPr>
+                <w:p w14:paraId="07D962CD" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+                  <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:spacing w:after="120"/>
+                    <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
-                    <w:t>’s wife is an owner of one of the companies that put in a tender</w:t>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00017BED">
+                    <w:rPr>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
+                    </w:rPr>
+                    <w:t>28 July 2022</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="009C4D34">
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5369" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+                </w:tcPr>
+                <w:p w14:paraId="39B00EDE" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+                  <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="left" w:pos="720"/>
+                      <w:tab w:val="left" w:pos="1440"/>
+                      <w:tab w:val="left" w:pos="2160"/>
+                      <w:tab w:val="left" w:pos="2880"/>
+                      <w:tab w:val="decimal" w:pos="5040"/>
+                      <w:tab w:val="decimal" w:pos="7200"/>
+                    </w:tabs>
+                    <w:spacing w:after="120"/>
+                    <w:outlineLvl w:val="0"/>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
-                    <w:t>, XYZ Engineering,</w:t>
-[...1 lines deleted...]
-                  <w:r w:rsidR="00A5522C" w:rsidRPr="009C4D34">
+                  </w:pPr>
+                  <w:r w:rsidRPr="00017BED">
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                      <w:sz w:val="22"/>
+                      <w:rStyle w:val="Questionlabel"/>
+                      <w:b w:val="0"/>
+                      <w:bCs w:val="0"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> but Councillor Smith did not declare a conflict of interest.</w:t>
+                    <w:t>At the Council meeting, there was discussion about tenders for a roadworks contract with the Council. Councillor Smith’s wife is an owner of one of the companies that put in a tender, XYZ Engineering, but Councillor Smith did not declare a conflict of interest.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="01C71510" w14:textId="77777777" w:rsidR="00325610" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="0775D8A9" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-                <w:i/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00325610" w14:paraId="73110AE1" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="6F6304D5" w14:textId="77777777" w:rsidTr="00F1690C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10446" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+          </w:tcPr>
+          <w:p w14:paraId="20120BFF" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:after="120"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="5A7690E7" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="997"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="377981CD" w14:textId="77777777" w:rsidR="00A5522C" w:rsidRDefault="00A5522C" w:rsidP="008D7710">
+          <w:p w14:paraId="44BD5F5B" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="222" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4B75601A" w14:textId="77777777" w:rsidR="00325610" w:rsidRPr="00B14BCF" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="30000931" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="20"/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="70F49BFC" w14:textId="77777777" w:rsidR="00325610" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="0C6D5C32" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00325610" w:rsidRPr="00E11379" w14:paraId="24B0BA2A" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="00017BED" w14:paraId="3BEA1301" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="301"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2558" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FDB4F26" w14:textId="77777777" w:rsidR="00325610" w:rsidRPr="00E11379" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="11A1C43D" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Your signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4B7856EC" w14:textId="77777777" w:rsidR="00325610" w:rsidRPr="00E11379" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="05F2153B" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:b/>
-                <w:sz w:val="20"/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E11379">
-[...16 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text5"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="222" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="62AB67C9" w14:textId="77777777" w:rsidR="00325610" w:rsidRPr="00E11379" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="33252D56" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2453" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64B971DE" w14:textId="77777777" w:rsidR="00325610" w:rsidRPr="00E11379" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="3448F8DC" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E11379">
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Signature of witness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2659" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="39524869" w14:textId="77777777" w:rsidR="00325610" w:rsidRPr="00E11379" w:rsidRDefault="00325610" w:rsidP="008D7710">
+          <w:p w14:paraId="6E7FE7BC" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="00017BED" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:b/>
-                <w:sz w:val="20"/>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E11379">
-[...16 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text6"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00017BED">
+              <w:rPr>
+                <w:rStyle w:val="Questionlabel"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2AE2A4D1" w14:textId="77777777" w:rsidR="00DB7C7E" w:rsidRDefault="00DB7C7E">
-[...2 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="1DE7E302" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="10456" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="404"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="1081"/>
+        <w:gridCol w:w="405"/>
+        <w:gridCol w:w="1485"/>
+        <w:gridCol w:w="1999"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="550"/>
+        <w:gridCol w:w="625"/>
+        <w:gridCol w:w="400"/>
+        <w:gridCol w:w="889"/>
+        <w:gridCol w:w="1182"/>
+        <w:gridCol w:w="330"/>
+        <w:gridCol w:w="288"/>
+        <w:gridCol w:w="1078"/>
         <w:gridCol w:w="10"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F6D1F" w:rsidRPr="00E11379" w14:paraId="3C84E59D" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w14:paraId="5F7FD442" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="301"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10446" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
           </w:tcPr>
-          <w:p w14:paraId="53D9AB4F" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00B14BCF" w:rsidRDefault="001F6D1F" w:rsidP="001F6D1F">
+          <w:p w14:paraId="63FC8ECE" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B14BCF">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>THE NORTHERN TERRITORY OF AUSTRALIA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="608DD72E" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="001F6D1F" w:rsidRDefault="001F6D1F" w:rsidP="001F6D1F">
+          <w:p w14:paraId="6AFF4ED3" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B14BCF">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>STATUTORY DECLARATION</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t>_________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F6D1F" w14:paraId="4CF11400" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w14:paraId="24CCD3AD" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="404" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="51699313" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="009F61CA" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="45FEDF7D" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>I,</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10052" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5A3C0DFA" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="009F61CA" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="5DD08D62" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F6D1F" w14:paraId="4FDCAFE2" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w14:paraId="0BC85E72" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="404" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="57991838" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00D20995" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="60E15CFA" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D20995">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10052" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2742FC7B" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00D20995" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="40B8C773" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D20995">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Your full name and address)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F6D1F" w14:paraId="1132DF11" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w14:paraId="472778CE" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3997" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="60544997" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00184AAE" w:rsidRDefault="001F6D1F" w:rsidP="001F6D1F">
+          <w:p w14:paraId="20DC02D3" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00184AAE">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">solemnly and sincerely declare that </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6459" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1C98138E" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00184AAE" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="3365101A" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F6D1F" w14:paraId="7C0B9DCC" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w14:paraId="49A11332" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:trPr>
           <w:trHeight w:val="99"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3997" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="67A456A8" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00D20995" w:rsidRDefault="001F6D1F" w:rsidP="0009281F"/>
+          <w:p w14:paraId="50525BFD" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6459" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="269D4FD0" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00D20995" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="029FDAFF" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D20995">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(Name of </w:t>
             </w:r>
-            <w:r w:rsidRPr="008970E4">
-              <w:rPr>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D20995">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> respondent council member)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F6D1F" w14:paraId="0E6089A3" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w14:paraId="5EFCE6A8" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="64B1A700" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00184AAE" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="436A4599" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">has committed a breach (or breaches) of the Code of Conduct as described in the completed </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
-              </w:rPr>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Breach of Code of Conduct complaint form</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and attachments.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F6D1F" w14:paraId="42B30DAF" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w14:paraId="02F8CCE7" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="288CF581" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00184AAE" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="2729A056" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:t>I further solemnly and sincerely declare that all of the information attached and provided in relation to this statutory declaration is true.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F6D1F" w14:paraId="08F78E10" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w14:paraId="3DAD6037" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6A20D8C6" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="1DD95C3D" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B14BCF">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>This declaration is true and I know it is an offence to make a statutory declaration knowing it is false in a material particular.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09291AD8" w14:textId="77777777" w:rsidR="002D49B7" w:rsidRPr="00184AAE" w:rsidRDefault="002D49B7" w:rsidP="0009281F">
+          <w:p w14:paraId="36B44AFB" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F6D1F" w14:paraId="398688ED" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w14:paraId="07137424" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1927" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1C11BB21" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00184AAE" w:rsidRDefault="001F6D1F" w:rsidP="001F6D1F">
+          <w:p w14:paraId="3F510070" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
               </w:tabs>
-              <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B14BCF">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Declared at</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:t xml:space="preserve">Declared at </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>the</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:instrText xml:space="preserve">  6 year  </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin"/>
-[...20 lines deleted...]
-              </w:rPr>
               <w:t>Error! Bookmark not defined.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B14BCF">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3356" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6F44A71E" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00184AAE" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="218A9617" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
               </w:tabs>
-              <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="278" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="37CC2AB3" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00184AAE" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="5CACBC2E" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
               </w:tabs>
-              <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1043" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2E8EF829" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00184AAE" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="69BC2A05" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
               </w:tabs>
-              <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="909" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3DD2FC49" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00184AAE" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="72A4DE93" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
               </w:tabs>
-              <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B14BCF">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>day of</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6225499E" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00184AAE" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="39FBA8A9" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
               </w:tabs>
-              <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="293" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4B862F14" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00184AAE" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="06822D98" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
               </w:tabs>
-              <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1091" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="75C8F5B1" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00184AAE" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="4B1BDDA9" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
               </w:tabs>
-              <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B14BCF">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F6D1F" w14:paraId="21C18F9B" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w14:paraId="625C52BC" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1927" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="793FCF3A" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00B14BCF" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="105B3118" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
               </w:tabs>
-              <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3356" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FFDC9D3" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="008970E4" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="1577190C" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008970E4">
-              <w:rPr>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(Place you are making the declaration)  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="278" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="663470E7" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="008970E4" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="1508A519" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1043" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04DC322D" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="008970E4" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="07B26B5B" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008970E4">
-              <w:rPr>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(Date)           </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="909" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E7D9D2D" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="008970E4" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="62CD292B" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04037D00" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="008970E4" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="73B14FC7" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008970E4">
-              <w:rPr>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Month)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="14DF1E94" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="008970E4" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="744E7A7A" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1091" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4EA4C25F" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="008970E4" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="01BD9DD3" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008970E4">
-              <w:rPr>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F6D1F" w14:paraId="02C00990" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w14:paraId="40EC4AE0" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1927" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="19AEDFAA" w14:textId="77777777" w:rsidR="002D49B7" w:rsidRDefault="002D49B7" w:rsidP="0009281F">
+          <w:p w14:paraId="0ADEE127" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="64C732A1" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="23703A09" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:t>Signed:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48EE3B54" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="236F2CD5" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7666F47B" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="7B17BEBE" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="66BE1342" w14:textId="77777777" w:rsidR="002D49B7" w:rsidRDefault="002D49B7" w:rsidP="0009281F">
+          <w:p w14:paraId="58FD7748" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="24F5BF7E" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="0ED5F387" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F6D1F" w14:paraId="747B8AB0" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w14:paraId="292E78FD" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1927" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1C3B830D" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="009F61CA" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="44013C21" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8529" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
           </w:tcPr>
-          <w:p w14:paraId="321F43DF" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00D20995" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="7E6CA623" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D20995">
-              <w:rPr>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Your signature)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F6D1F" w14:paraId="078CCFCF" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w14:paraId="2D89544B" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1927" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4284897C" w14:textId="77777777" w:rsidR="002D49B7" w:rsidRDefault="002D49B7" w:rsidP="001F6D1F">
+          <w:p w14:paraId="76E44784" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="719B2426" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRDefault="001F6D1F" w:rsidP="001F6D1F">
+          <w:p w14:paraId="2E988957" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:t>Witnessed by:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67C6B84B" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRDefault="001F6D1F" w:rsidP="001F6D1F">
+          <w:p w14:paraId="2CD9A825" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4D990411" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="35146F9B" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="023DCC75" w14:textId="77777777" w:rsidR="002D49B7" w:rsidRDefault="002D49B7" w:rsidP="0009281F">
+          <w:p w14:paraId="6C0A50D1" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="17D95489" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="62CB5504" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F6D1F" w14:paraId="1D956914" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w14:paraId="01877912" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1927" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="400CFFFB" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="009F61CA" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="087392EC" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8529" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
           </w:tcPr>
-          <w:p w14:paraId="4DC51A79" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00D20995" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="54D81AC2" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D20995">
-              <w:rPr>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Signature of the person before whom the declaration is made)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F6D1F" w14:paraId="18D1F3C3" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w14:paraId="3BB058DD" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1927" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="07ECE4EF" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="453C4CEE" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="26174EF0" w14:textId="77777777" w:rsidR="002D49B7" w:rsidRPr="009C4D34" w:rsidRDefault="002D49B7" w:rsidP="0009281F">
+          <w:p w14:paraId="35601271" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="673C03CF" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="41B03F09" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="046B0600" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="009C4D34" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="216F08C6" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F6D1F" w14:paraId="7EB86474" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w14:paraId="7394E006" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1927" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="49813770" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="009F61CA" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="774DF451" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8529" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
           </w:tcPr>
-          <w:p w14:paraId="7D3894FB" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00D20995" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="04A2C60F" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D20995">
-              <w:rPr>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Full name of witness)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F6D1F" w14:paraId="67F3A48B" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w14:paraId="3C82068A" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1927" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="02F2BF57" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="31633753" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8529" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="35A31033" w14:textId="77777777" w:rsidR="002D49B7" w:rsidRPr="009C4D34" w:rsidRDefault="002D49B7" w:rsidP="0009281F">
+          <w:p w14:paraId="464E296B" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4BB132B8" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="3F97C58A" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F6D1F" w14:paraId="740ADA87" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w14:paraId="3E202E95" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1927" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="08FC5153" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="009F61CA" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="6341B9F1" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120" w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8529" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52C8950C" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="00D20995" w:rsidRDefault="001F6D1F" w:rsidP="0009281F">
+          <w:p w14:paraId="6B873C46" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D20995">
-              <w:rPr>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Contact address or phone number of witness)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F6D1F" w14:paraId="6F2573F2" w14:textId="77777777" w:rsidTr="00DB7C7E">
+      <w:tr w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w14:paraId="17094147" w14:textId="77777777" w:rsidTr="00F1690C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5F6E5FD5" w14:textId="77777777" w:rsidR="002D49B7" w:rsidRPr="009C4D34" w:rsidRDefault="002D49B7" w:rsidP="001F6D1F">
+          <w:p w14:paraId="73A7EC5B" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NOTES:</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="285F52B6" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="009F61CA" w:rsidRDefault="001F6D1F" w:rsidP="001F6D1F">
+          <w:p w14:paraId="0C236449" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:spacing w:before="120"/>
-[...17 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F61CA">
-              <w:rPr>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>This declaration may be witnessed by any person who is at least</w:t>
-[...23 lines deleted...]
-              <w:t>years of age.</w:t>
+              <w:t>This declaration may be witnessed by any person who is at least 18 years of age.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="293F818A" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="009F61CA" w:rsidRDefault="001F6D1F" w:rsidP="001F6D1F">
+          <w:p w14:paraId="44CAF67F" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F61CA">
-              <w:rPr>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">This written statutory declaration must comply with Part 4 of the </w:t>
             </w:r>
-            <w:r w:rsidRPr="009F61CA">
-              <w:rPr>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Oaths</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Affidavits and Declarations Act 2010.</w:t>
+              <w:t>Oaths, Affidavits and Declarations Act 2010.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04594129" w14:textId="77777777" w:rsidR="001F6D1F" w:rsidRPr="001F6D1F" w:rsidRDefault="001F6D1F" w:rsidP="001F6D1F">
+          <w:p w14:paraId="395F45E5" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="decimal" w:pos="5040"/>
+                <w:tab w:val="decimal" w:pos="7200"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F61CA">
-              <w:rPr>
+            <w:r w:rsidRPr="004F4DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Making a declaration knowing it is false in a material particular is an offence for which you may be fined or imprisoned.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0ADDF1A5" w14:textId="77777777" w:rsidR="002553B6" w:rsidRDefault="002553B6" w:rsidP="002553B6">
-[...2 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="591A0786" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="decimal" w:pos="5040"/>
+          <w:tab w:val="decimal" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F8BFB9D" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="00056F5C" w:rsidP="00256BA9">
+    <w:p w14:paraId="569F8B80" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:pageBreakBefore/>
         <w:widowControl w:val="0"/>
-        <w:tabs>
-[...6 lines deleted...]
-        </w:tabs>
         <w:spacing w:before="240" w:after="240"/>
-        <w:ind w:left="1985" w:hanging="1985"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc99531219"/>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Appendix – </w:t>
-[...26 lines deleted...]
-        <w:t>onduct</w:t>
+        <w:t>Appendix A – Code of Conduct</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="3840AA79" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="41B795F3" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="left" w:pos="1100"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>Honesty and integrity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23D8C84A" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="3B006D0F" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:tabs>
-[...6 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="1100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>A member must act honestly and with integrity in performing official functions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E887AAD" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="1A64B3DD" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="left" w:pos="1100"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>Care and diligence</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D716BD" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="2454EFD7" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:tabs>
-[...6 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="1100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>A member must act with reasonable care and diligence in performing official functions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A902CF9" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="6981DAAD" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="left" w:pos="1100"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>Courtesy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="781A1DE7" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="35AF1B4E" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:tabs>
-[...6 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="1100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>A member must act with courtesy towards other members, council staff, electors and members of the public.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CFA11C5" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="19B74DDD" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="left" w:pos="1100"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>Prohibition on bullying</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="408866F1" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="2832D88D" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:tabs>
-[...6 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="1100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>A member must not bully another person in the course of performing official functions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BE2041E" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="41AA54B7" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="left" w:pos="1100"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>Conduct towards council staff</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38C4C133" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="3E80D2DD" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:tabs>
-[...6 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="1100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>A member must not direct, reprimand, or interfere in the management of, council staff.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F34943F" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="6F262EB7" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="left" w:pos="1100"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>Respect for cultural diversity and culture</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F28231B" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="26DB18CB" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="right" w:pos="902"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="1100" w:hanging="1100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:tab/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
         <w:t>6.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>A member must respect cultural diversity and must not therefore discriminate against others, or the opinions of others, on the ground of their cultural background.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D7A424" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="3E52F664" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="right" w:pos="902"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="1100" w:hanging="1100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>6.2</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>A member must act with respect for cultural beliefs and practices in relation to other members, council staff, electors and members of the public.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58C0D10B" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="0FC34195" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="left" w:pos="1100"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>Conflict of interest</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78207646" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="50B7B025" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="right" w:pos="902"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="1100" w:hanging="1100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:tab/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
         <w:t>7.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>A member must avoid any conflict of interest, whether actual or perceived, when undertaking official functions and responsibilities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10664F1F" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="31ED4C11" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="right" w:pos="902"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="1100" w:hanging="1100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>7.2</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>If a conflict of interest exists, the member must comply with any statutory obligations of disclosure.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FF61D1F" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="778BECBB" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="left" w:pos="1100"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>Respect for confidences</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FC80554" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="4E05C9DA" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="right" w:pos="902"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="1100" w:hanging="1100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:tab/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
         <w:t>8.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>A member must respect the confidentiality of information obtained in confidence in the member's official capacity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="178143E8" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="4F1D9D37" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="right" w:pos="902"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="1100" w:hanging="1100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:tab/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
         <w:t>8.2</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>A member must not make improper use of confidential information obtained in an official capacity to gain a private benefit or to cause harm to another.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5516CD55" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="3E252BD6" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="left" w:pos="1100"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>Gifts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66D01C9B" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="330F76F3" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="right" w:pos="902"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="1100" w:hanging="1100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>9.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>A member must not solicit, encourage or accept gifts or private benefits from any person who might have an interest in obtaining a benefit from the council.</w:t>
+        <w:t xml:space="preserve">A member must not solicit, encourage or accept gifts or private benefits from any person </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>who might have an interest in obtaining a benefit from the council.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58E64145" w14:textId="77777777" w:rsidR="00220890" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="735329AE" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="right" w:pos="902"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="1100" w:hanging="1100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:tab/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
         <w:t>9.2</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>A member must not accept a gift from a person that is given in relation to the person's interest in obtaining a benefit from the council.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1462E18A" w14:textId="77777777" w:rsidR="00220890" w:rsidRPr="002D49B7" w:rsidRDefault="00220890" w:rsidP="009C4D34">
-[...33 lines deleted...]
-    <w:p w14:paraId="4D94DF62" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="4E744376" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="left" w:pos="1100"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>Accountability</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="634A9641" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="5D4CDA89" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:tabs>
-[...6 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="1100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>A member must be prepared at all times to account for the member's performance as a member and the member's use of council resources.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F732BC8" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="68689D59" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="left" w:pos="1100"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>Interests of municipality, region or shire to be paramount</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40636E46" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="10694889" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="right" w:pos="902"/>
         </w:tabs>
         <w:spacing w:after="240"/>
-        <w:ind w:left="1100" w:hanging="1100"/>
+        <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11.1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>11.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>A member must act in what the member genuinely believes to be the best interests of the municipality, region or shire.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="418A4C5F" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="32106425" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="right" w:pos="902"/>
         </w:tabs>
         <w:spacing w:after="240"/>
-        <w:ind w:left="1100" w:hanging="1100"/>
+        <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11.2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>11.2</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>In particular, a member must seek to ensure that the member's decisions and actions are based on an honest, reasonable and properly informed judgment about what best advances the best interests of the municipality, region or shire.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71A0A34A" w14:textId="77777777" w:rsidR="002553B6" w:rsidRPr="009C4D34" w:rsidRDefault="002553B6" w:rsidP="002553B6">
+    <w:p w14:paraId="39DEB802" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-[...4 lines deleted...]
-          <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="left" w:pos="1100"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4D34">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
         <w:t>Training</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA5325D" w14:textId="77777777" w:rsidR="009F61CA" w:rsidRPr="002D49B7" w:rsidRDefault="002553B6" w:rsidP="009C4D34">
+    <w:p w14:paraId="3045F307" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:tabs>
-[...6 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="1100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4DA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>.</w:t>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>A member must undertake relevant training in good faith.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009F61CA" w:rsidRPr="002D49B7" w:rsidSect="00B14BCF">
-[...4 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:p w14:paraId="06892645" w14:textId="77777777" w:rsidR="004F4DA8" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="004F4DA8">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+        </w:tabs>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06987FFC" w14:textId="77777777" w:rsidR="009C2B39" w:rsidRDefault="009C2B39" w:rsidP="009B1BF1"/>
+    <w:sectPr w:rsidR="009C2B39" w:rsidSect="00CC571B">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="794" w:right="794" w:bottom="794" w:left="794" w:header="794" w:footer="794" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:titlePg/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C0531D1" w14:textId="77777777" w:rsidR="001F0AED" w:rsidRDefault="001F0AED">
+    <w:p w14:paraId="6EE7C423" w14:textId="77777777" w:rsidR="00181224" w:rsidRDefault="00181224" w:rsidP="007332FF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D53E351" w14:textId="77777777" w:rsidR="001F0AED" w:rsidRDefault="001F0AED">
+    <w:p w14:paraId="1207AF3E" w14:textId="77777777" w:rsidR="00181224" w:rsidRDefault="00181224" w:rsidP="007332FF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Lato">
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lato SemiBold">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...8 lines deleted...]
-    <w:sdtEndPr>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="725F1EB9" w14:textId="77777777" w:rsidR="002645D5" w:rsidRDefault="002645D5" w:rsidP="002645D5">
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:p>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="10318" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      <w:tblDescription w:val="Footer area"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="10318"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="002645D5" w:rsidRPr="00132658" w14:paraId="40C9732C" w14:textId="77777777" w:rsidTr="001B3D22">
+      <w:trPr>
+        <w:cantSplit/>
+        <w:trHeight w:hRule="exact" w:val="850"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="10318" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="462A96B8" w14:textId="7990E8D7" w:rsidR="001B3D22" w:rsidRPr="001B3D22" w:rsidRDefault="001B3D22" w:rsidP="001B3D22">
+          <w:pPr>
+            <w:spacing w:after="0"/>
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="001B3D22">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Department of </w:t>
+          </w:r>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="PageNumber"/>
+                <w:b/>
+              </w:rPr>
+              <w:alias w:val="Company"/>
+              <w:tag w:val=""/>
+              <w:id w:val="-197862090"/>
+              <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/officeDocument/2006/extended-properties' " w:xpath="/ns0:Properties[1]/ns0:Company[1]" w:storeItemID="{6668398D-A668-4E3E-A5EB-62B293D839F1}"/>
+              <w:text w:multiLine="1"/>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:r w:rsidR="004F4DA8">
+                <w:rPr>
+                  <w:rStyle w:val="PageNumber"/>
+                  <w:b/>
+                </w:rPr>
+                <w:t>Housing, Local Government and Community Development</w:t>
+              </w:r>
+            </w:sdtContent>
+          </w:sdt>
+        </w:p>
+        <w:p w14:paraId="6AE4DFE4" w14:textId="4BF00185" w:rsidR="001B3D22" w:rsidRDefault="00000000" w:rsidP="002645D5">
+          <w:pPr>
+            <w:spacing w:after="0"/>
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+          </w:pPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="PageNumber"/>
+              </w:rPr>
+              <w:alias w:val="Date"/>
+              <w:tag w:val=""/>
+              <w:id w:val="-1121847698"/>
+              <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
+              <w15:color w:val="000000"/>
+              <w:date w:fullDate="2026-02-06T00:00:00Z">
+                <w:dateFormat w:val="d MMMM yyyy"/>
+                <w:lid w:val="en-AU"/>
+                <w:storeMappedDataAs w:val="dateTime"/>
+                <w:calendar w:val="gregorian"/>
+              </w:date>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:r w:rsidR="00BC18CF">
+                <w:rPr>
+                  <w:rStyle w:val="PageNumber"/>
+                </w:rPr>
+                <w:t>6 February 2026</w:t>
+              </w:r>
+            </w:sdtContent>
+          </w:sdt>
+        </w:p>
+        <w:p w14:paraId="696E1FDE" w14:textId="77777777" w:rsidR="002645D5" w:rsidRPr="00AC4488" w:rsidRDefault="002645D5" w:rsidP="002645D5">
+          <w:pPr>
+            <w:spacing w:after="0"/>
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00AC4488">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Page </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AC4488">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00AC4488">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00AC4488">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="001161A4">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>2</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AC4488">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="00AC4488">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> of </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AC4488">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00AC4488">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00AC4488">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="001161A4">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>2</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AC4488">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="0B542B91" w14:textId="77777777" w:rsidR="002645D5" w:rsidRPr="00B11C67" w:rsidRDefault="002645D5" w:rsidP="002645D5">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
       <w:rPr>
-        <w:sz w:val="18"/>
+        <w:sz w:val="4"/>
+        <w:szCs w:val="4"/>
       </w:rPr>
-    </w:sdtEndPr>
-[...30 lines deleted...]
-              <w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="3717FF37" w14:textId="77777777" w:rsidR="00CA36A0" w:rsidRPr="002645D5" w:rsidRDefault="00CA36A0" w:rsidP="002645D5">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rStyle w:val="Hidden"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="457E2996" w14:textId="77777777" w:rsidR="0087320B" w:rsidRDefault="0087320B" w:rsidP="0087320B">
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:p>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="10318" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      <w:tblDescription w:val="Footer area"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="7767"/>
+      <w:gridCol w:w="2551"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="002645D5" w:rsidRPr="00132658" w14:paraId="473C6399" w14:textId="77777777" w:rsidTr="0087320B">
+      <w:trPr>
+        <w:cantSplit/>
+        <w:trHeight w:hRule="exact" w:val="1134"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7767" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tcBorders>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="140E4433" w14:textId="5E5593C8" w:rsidR="001B3D22" w:rsidRPr="001B3D22" w:rsidRDefault="001B3D22" w:rsidP="002645D5">
+          <w:pPr>
+            <w:spacing w:after="0"/>
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="001B3D22">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Department of </w:t>
+          </w:r>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="PageNumber"/>
                 <w:b/>
-                <w:bCs/>
-[...94 lines deleted...]
-  </w:sdt>
+              </w:rPr>
+              <w:alias w:val="Company"/>
+              <w:tag w:val=""/>
+              <w:id w:val="1860081984"/>
+              <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/officeDocument/2006/extended-properties' " w:xpath="/ns0:Properties[1]/ns0:Company[1]" w:storeItemID="{6668398D-A668-4E3E-A5EB-62B293D839F1}"/>
+              <w:text w:multiLine="1"/>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:r w:rsidR="004F4DA8">
+                <w:rPr>
+                  <w:rStyle w:val="PageNumber"/>
+                  <w:b/>
+                </w:rPr>
+                <w:t>Housing, Local Government and Community Development</w:t>
+              </w:r>
+            </w:sdtContent>
+          </w:sdt>
+        </w:p>
+        <w:p w14:paraId="025B10CD" w14:textId="06BF2E10" w:rsidR="00A66DD9" w:rsidRPr="001B3D22" w:rsidRDefault="00000000" w:rsidP="002645D5">
+          <w:pPr>
+            <w:spacing w:after="0"/>
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+          </w:pPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="PageNumber"/>
+              </w:rPr>
+              <w:alias w:val="Date"/>
+              <w:tag w:val=""/>
+              <w:id w:val="1578473972"/>
+              <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
+              <w15:color w:val="000000"/>
+              <w:date w:fullDate="2026-02-06T00:00:00Z">
+                <w:dateFormat w:val="d MMMM yyyy"/>
+                <w:lid w:val="en-AU"/>
+                <w:storeMappedDataAs w:val="dateTime"/>
+                <w:calendar w:val="gregorian"/>
+              </w:date>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:r w:rsidR="00BC18CF">
+                <w:rPr>
+                  <w:rStyle w:val="PageNumber"/>
+                </w:rPr>
+                <w:t>6 February 2026</w:t>
+              </w:r>
+            </w:sdtContent>
+          </w:sdt>
+          <w:r w:rsidR="001B3D22" w:rsidRPr="001B3D22">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="7AA04BC1" w14:textId="77777777" w:rsidR="002645D5" w:rsidRPr="00CE30CF" w:rsidRDefault="002645D5" w:rsidP="002645D5">
+          <w:pPr>
+            <w:spacing w:after="0"/>
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="001B3D22">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Page </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001B3D22">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="001B3D22">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="001B3D22">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="001161A4">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001B3D22">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="001B3D22">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> of </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001B3D22">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="001B3D22">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="001B3D22">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="001161A4">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001B3D22">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:snapToGrid w:val="0"/>
+              <w:color w:val="000000"/>
+              <w:w w:val="0"/>
+              <w:sz w:val="0"/>
+              <w:szCs w:val="0"/>
+              <w:u w:color="000000"/>
+              <w:bdr w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+              <w:shd w:val="clear" w:color="000000" w:fill="000000"/>
+              <w:lang w:val="x-none" w:eastAsia="x-none" w:bidi="x-none"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2551" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tcBorders>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="72872FA9" w14:textId="77777777" w:rsidR="002645D5" w:rsidRPr="001E14EB" w:rsidRDefault="00661D1D" w:rsidP="002645D5">
+          <w:pPr>
+            <w:spacing w:after="0"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="19"/>
+              <w:lang w:eastAsia="en-AU"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07BC09CC" wp14:editId="53D0838A">
+                <wp:extent cx="1574237" cy="561356"/>
+                <wp:effectExtent l="0" t="0" r="6985" b="0"/>
+                <wp:docPr id="2" name="Picture 2" descr="Northern Territory Government"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="2" name="ntg-primary-test-1.jpg"/>
+                        <pic:cNvPicPr/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1" cstate="print">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1574237" cy="561356"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+          <w:r w:rsidR="002645D5" w:rsidRPr="00785C24">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="en-AU"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="72C5D280" w14:textId="77777777" w:rsidR="0089368E" w:rsidRPr="007A5EFD" w:rsidRDefault="0089368E" w:rsidP="00D15D88">
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:rPr>
+        <w:rStyle w:val="Hidden"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E8570E6" w14:textId="77777777" w:rsidR="001F0AED" w:rsidRDefault="001F0AED">
+    <w:p w14:paraId="23A22039" w14:textId="77777777" w:rsidR="00181224" w:rsidRDefault="00181224" w:rsidP="007332FF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19858B5C" w14:textId="77777777" w:rsidR="001F0AED" w:rsidRDefault="001F0AED">
+    <w:p w14:paraId="29E10996" w14:textId="77777777" w:rsidR="00181224" w:rsidRDefault="00181224" w:rsidP="007332FF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3942750D" w14:textId="4B33DD97" w:rsidR="00983000" w:rsidRPr="00162207" w:rsidRDefault="00000000" w:rsidP="00FB3CC5">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rStyle w:val="HeaderChar"/>
+        </w:rPr>
+        <w:alias w:val="Title"/>
+        <w:tag w:val="Title"/>
+        <w:id w:val="-1014609639"/>
+        <w:lock w:val="sdtLocked"/>
+        <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidR="00182E7C">
+          <w:rPr>
+            <w:rStyle w:val="HeaderChar"/>
+          </w:rPr>
+          <w:t>Code of Conduct complaint form</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:alias w:val="Title"/>
+      <w:tag w:val="Title"/>
+      <w:id w:val="-509755993"/>
+      <w:lock w:val="sdtLocked"/>
+      <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
+      <w:text w:multiLine="1"/>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="4D5CBBD5" w14:textId="31E791AF" w:rsidR="00A53CF0" w:rsidRDefault="004F4DA8" w:rsidP="000906DF">
+        <w:pPr>
+          <w:pStyle w:val="Title"/>
+          <w:rPr>
+            <w:rStyle w:val="TitleChar"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="004F4DA8">
+          <w:t xml:space="preserve">Code of </w:t>
+        </w:r>
+        <w:r w:rsidR="00182E7C">
+          <w:t>C</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004F4DA8">
+          <w:t xml:space="preserve">onduct </w:t>
+        </w:r>
+        <w:r w:rsidR="00182E7C">
+          <w:t>c</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004F4DA8">
+          <w:t xml:space="preserve">omplaint </w:t>
+        </w:r>
+        <w:r w:rsidR="0031130B">
+          <w:t>f</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004F4DA8">
+          <w:t>orm</w:t>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="799EAFA5" w14:textId="5B64CA1B" w:rsidR="009C2B39" w:rsidRPr="004F4DA8" w:rsidRDefault="004F4DA8" w:rsidP="000906DF">
+    <w:pPr>
+      <w:pStyle w:val="Subtitle0"/>
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="004F4DA8">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Pursuant to Part 7.4 of the </w:t>
+    </w:r>
+    <w:r w:rsidRPr="004F4DA8">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Local Government Act 2019 </w:t>
+    </w:r>
+    <w:r w:rsidRPr="004F4DA8">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>and</w:t>
+    </w:r>
+    <w:r w:rsidRPr="004F4DA8">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="004F4DA8">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">regulation 98 of the </w:t>
+    </w:r>
+    <w:r w:rsidRPr="004F4DA8">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>Local Government (General) Regulations 2021</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00974B01"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2138C93E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
@@ -8018,66 +11367,274 @@
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0D5704F5"/>
+    <w:nsid w:val="0609404D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="85E876DC"/>
-    <w:lvl w:ilvl="0" w:tplc="5486171E">
+    <w:tmpl w:val="0310CB2A"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="8280" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B7245D0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0C78A7AC"/>
+    <w:name w:val="NTG Table Bullet List322"/>
+    <w:numStyleLink w:val="Tablebulletlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E981F28"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4800B4AE"/>
+    <w:lvl w:ilvl="0" w:tplc="FC5846D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="☐"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F195B3C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3928FD02"/>
+    <w:name w:val="NTG Table Bullet List3322222"/>
+    <w:numStyleLink w:val="Bulletlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="100244A1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0C78A7AC"/>
+    <w:name w:val="NTG Table Bullet List332"/>
+    <w:numStyleLink w:val="Tablebulletlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1012237B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0C78A7AC"/>
+    <w:name w:val="NTG Table Bullet List32"/>
+    <w:numStyleLink w:val="Tablebulletlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12381D81"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="47B09F22"/>
+    <w:lvl w:ilvl="0" w:tplc="0C09000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="357" w:hanging="357"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -8109,66 +11666,209 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...6 lines deleted...]
-      <w:lvlText w:val="(%1)"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="15E93577"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4E6AC8F6"/>
+    <w:name w:val="NTG Table Bullet List33222222"/>
+    <w:numStyleLink w:val="Numberlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18D26C06"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3E5E177A"/>
+    <w:name w:val="NTG Table Bullet List33222222222222222"/>
+    <w:numStyleLink w:val="Tablenumberlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19533A06"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3928FD02"/>
+    <w:name w:val="NTG Table Bullet List3222"/>
+    <w:numStyleLink w:val="Bulletlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19AE65C9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="39746A98"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Tablenumberlistlevel1"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pStyle w:val="Tablenumberlistlevel2"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pStyle w:val="Tablenumberlistlevel3"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Tablenumberlistlevel4"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pStyle w:val="Tablenumberlistlevel5"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pStyle w:val="Tablenumberlistlevel6"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1701" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Tablenumberlistlevel7"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1985" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pStyle w:val="Tablenumberlistlevel8"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2268" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pStyle w:val="Tablenumberlistlevel9"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2552" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B025248"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="61487C98"/>
+    <w:lvl w:ilvl="0" w:tplc="0C09000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
@@ -8198,185 +11898,1398 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2DB2512B"/>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B26429D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3E5E177A"/>
+    <w:name w:val="NTG Table Bullet List33222222222"/>
+    <w:numStyleLink w:val="Tablenumberlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B86276C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3928FD02"/>
+    <w:name w:val="NTG Table Bullet List32223"/>
+    <w:numStyleLink w:val="Bulletlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D0744AE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3E5E177A"/>
+    <w:name w:val="NTG Table Bullet List3222322"/>
+    <w:numStyleLink w:val="Tablenumberlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22182E8A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4E6AC8F6"/>
+    <w:styleLink w:val="Numberlist"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="357" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="714" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="714"/>
+        </w:tabs>
+        <w:ind w:left="1071" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1072"/>
+        </w:tabs>
+        <w:ind w:left="1428" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1435"/>
+        </w:tabs>
+        <w:ind w:left="1785" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1786"/>
+        </w:tabs>
+        <w:ind w:left="2142" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2143"/>
+        </w:tabs>
+        <w:ind w:left="2499" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2500"/>
+        </w:tabs>
+        <w:ind w:left="2856" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2858"/>
+        </w:tabs>
+        <w:ind w:left="3213" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="272E3F76"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3E5E177A"/>
+    <w:name w:val="NTG Table Bullet List3322"/>
+    <w:numStyleLink w:val="Tablenumberlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27CE4608"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3E5E177A"/>
+    <w:name w:val="NTG Table Bullet List33222"/>
+    <w:numStyleLink w:val="Tablenumberlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27D83E4D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3928FD02"/>
+    <w:numStyleLink w:val="Bulletlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A326EA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AA7605AE"/>
-[...1 lines deleted...]
-      <w:start w:val="4"/>
+    <w:tmpl w:val="844E104A"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="170" w:hanging="170"/>
+        <w:ind w:left="2280" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="3000" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="3720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="4440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="5160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="6600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="7320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="8040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...6 lines deleted...]
-      <w:lvlText w:val="(%1)"/>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D392732"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3E5E177A"/>
+    <w:name w:val="NTG Table Bullet List322232"/>
+    <w:styleLink w:val="Tablenumberlist"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="567" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1701" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1985" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2268" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2552" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E693641"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3E5E177A"/>
+    <w:name w:val="NTG Table Bullet List33"/>
+    <w:numStyleLink w:val="Tablenumberlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2EF077BC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0C78A7AC"/>
+    <w:name w:val="NTG Table Bullet List33222222222222222222"/>
+    <w:numStyleLink w:val="Tablebulletlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32DF44DA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3E5E177A"/>
+    <w:name w:val="NTG Table Bullet List3222323"/>
+    <w:numStyleLink w:val="Tablenumberlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36744DFA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3928FD02"/>
+    <w:styleLink w:val="Bulletlist"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="357" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet2"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="714" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet3"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1071" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet4"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1428" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet5"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2142" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2499" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2856" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3213" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BE61945"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3928FD02"/>
+    <w:name w:val="NTG Table Bullet List332222222222222222"/>
+    <w:numStyleLink w:val="Bulletlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42417B9C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BCDA6838"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49FD3A20"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3E5E177A"/>
+    <w:name w:val="NTG Table Bullet List3322222222222"/>
+    <w:numStyleLink w:val="Tablenumberlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4BB76081"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0C78A7AC"/>
+    <w:styleLink w:val="Tablebulletlist"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Tablebulletlistlevel1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Tablebulletlistlevel2"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Tablebulletlistlevel3"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Tablebulletlistlevel4"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Tablebulletlistlevel5"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Tablebulletlistlevel6"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1701" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Tablebulletlistlevel7"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1985" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Tablebulletlistlevel8"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2268" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Tablebulletlistlevel9"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2552" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D5634AF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2BBEA3BA"/>
+    <w:name w:val="NTG Table Bullet List"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53842BC6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0C78A7AC"/>
+    <w:numStyleLink w:val="Tablebulletlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54D23F9E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2BBEA3BA"/>
+    <w:name w:val="NTG Table Bullet List32222"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56DA2CAE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3E5E177A"/>
+    <w:name w:val="NTG Table Bullet List332222222222222"/>
+    <w:numStyleLink w:val="Tablenumberlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="583359D9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3E5E177A"/>
+    <w:name w:val="NTG Table Bullet List332222222"/>
+    <w:numStyleLink w:val="Tablenumberlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B9A5FFE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0C78A7AC"/>
+    <w:name w:val="NTG Table Bullet List33222222222222"/>
+    <w:numStyleLink w:val="Tablebulletlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D444259"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0C78A7AC"/>
+    <w:name w:val="NTG Table Bullet List332222"/>
+    <w:numStyleLink w:val="Tablebulletlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62982C88"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3F864F04"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:hint="default"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68ED2C6C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DE82BE66"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69262556"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3E5E177A"/>
+    <w:name w:val="NTG Table Bullet List3322222222222222"/>
+    <w:numStyleLink w:val="Tablenumberlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C1C4610"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="400C5780"/>
+    <w:lvl w:ilvl="0" w:tplc="0C09000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
@@ -8400,51 +13313,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70D56F1C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C70DBBE"/>
     <w:lvl w:ilvl="0" w:tplc="2B329354">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -8489,541 +13402,1330 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7D463818"/>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7453664D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0C78A7AC"/>
+    <w:name w:val="NTG Table Bullet List3322222222222222222"/>
+    <w:numStyleLink w:val="Tablebulletlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76141D1E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0C78A7AC"/>
+    <w:name w:val="NTG Table Bullet List332222222222"/>
+    <w:numStyleLink w:val="Tablebulletlist"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77361C0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E1425A84"/>
-    <w:lvl w:ilvl="0" w:tplc="0C090001">
+    <w:tmpl w:val="ABE04744"/>
+    <w:lvl w:ilvl="0" w:tplc="0C09000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79CC6470"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0D62A852"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading5"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1008" w:hanging="1008"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading6"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading7"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1296" w:hanging="1296"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading8"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading9"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1584" w:hanging="1584"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7EB377EB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2BBEA3BA"/>
+    <w:name w:val="NTG Table Bullet List2"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="357" w:hanging="357"/>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...14 lines deleted...]
-      <w:lvlText w:val="%4."/>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...36 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1488740739">
+  <w:num w:numId="1" w16cid:durableId="319625258">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1606159333">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="978191884">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="2132624244">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="892352852">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="451825757">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1363089647">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1495103582">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1838618493">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1210144971">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="2134982445">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="2095121944">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="986209346">
+  <w:num w:numId="13" w16cid:durableId="1654026429">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="542250362">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="189803526">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="15" w16cid:durableId="1323582682">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="396708585">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="16" w16cid:durableId="531263195">
+    <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1856307825">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="17" w16cid:durableId="1315600456">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="79450496">
+  <w:num w:numId="18" w16cid:durableId="1822312756">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="108471947">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1285388002">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="382799369">
-[...1 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-[...2 lines deleted...]
-  <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-[...7 lines deleted...]
-  <w:noPunctuationKerning/>
+  <w:attachedTemplate r:id="rId1"/>
+  <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:defaultTabStop w:val="284"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D76BBE"/>
-[...125 lines deleted...]
-    <w:rsid w:val="00FE0219"/>
+    <w:rsidRoot w:val="00F8121E"/>
+    <w:rsid w:val="00001DDF"/>
+    <w:rsid w:val="0000322D"/>
+    <w:rsid w:val="00007670"/>
+    <w:rsid w:val="00010665"/>
+    <w:rsid w:val="00017BED"/>
+    <w:rsid w:val="00020347"/>
+    <w:rsid w:val="0002393A"/>
+    <w:rsid w:val="00027DB8"/>
+    <w:rsid w:val="00031A96"/>
+    <w:rsid w:val="00040BF3"/>
+    <w:rsid w:val="0004211C"/>
+    <w:rsid w:val="00046C59"/>
+    <w:rsid w:val="00051362"/>
+    <w:rsid w:val="00051F45"/>
+    <w:rsid w:val="00052953"/>
+    <w:rsid w:val="0005341A"/>
+    <w:rsid w:val="00056DEF"/>
+    <w:rsid w:val="00056EDC"/>
+    <w:rsid w:val="0006635A"/>
+    <w:rsid w:val="000720BE"/>
+    <w:rsid w:val="0007259C"/>
+    <w:rsid w:val="00080202"/>
+    <w:rsid w:val="0008054B"/>
+    <w:rsid w:val="00080DCD"/>
+    <w:rsid w:val="00080E22"/>
+    <w:rsid w:val="00082573"/>
+    <w:rsid w:val="00082E34"/>
+    <w:rsid w:val="000840A3"/>
+    <w:rsid w:val="000849D4"/>
+    <w:rsid w:val="00085062"/>
+    <w:rsid w:val="00086A5F"/>
+    <w:rsid w:val="000906DF"/>
+    <w:rsid w:val="000911EF"/>
+    <w:rsid w:val="000962C5"/>
+    <w:rsid w:val="00097865"/>
+    <w:rsid w:val="000A4317"/>
+    <w:rsid w:val="000A559C"/>
+    <w:rsid w:val="000B0076"/>
+    <w:rsid w:val="000B2CA1"/>
+    <w:rsid w:val="000C23BA"/>
+    <w:rsid w:val="000C5370"/>
+    <w:rsid w:val="000D1F29"/>
+    <w:rsid w:val="000D633D"/>
+    <w:rsid w:val="000E342B"/>
+    <w:rsid w:val="000E3ED2"/>
+    <w:rsid w:val="000E5DD2"/>
+    <w:rsid w:val="000F2958"/>
+    <w:rsid w:val="000F3850"/>
+    <w:rsid w:val="000F58B3"/>
+    <w:rsid w:val="000F604F"/>
+    <w:rsid w:val="00104E7F"/>
+    <w:rsid w:val="001137EC"/>
+    <w:rsid w:val="001152F5"/>
+    <w:rsid w:val="001161A4"/>
+    <w:rsid w:val="00117743"/>
+    <w:rsid w:val="00117F5B"/>
+    <w:rsid w:val="00132658"/>
+    <w:rsid w:val="001343E2"/>
+    <w:rsid w:val="00150DC0"/>
+    <w:rsid w:val="00156CD4"/>
+    <w:rsid w:val="0016153B"/>
+    <w:rsid w:val="00162207"/>
+    <w:rsid w:val="00164A3E"/>
+    <w:rsid w:val="00166FF6"/>
+    <w:rsid w:val="0016770F"/>
+    <w:rsid w:val="0017150D"/>
+    <w:rsid w:val="001727C8"/>
+    <w:rsid w:val="00172B65"/>
+    <w:rsid w:val="00176123"/>
+    <w:rsid w:val="00181224"/>
+    <w:rsid w:val="00181620"/>
+    <w:rsid w:val="001827F3"/>
+    <w:rsid w:val="00182E7C"/>
+    <w:rsid w:val="00187130"/>
+    <w:rsid w:val="001957AD"/>
+    <w:rsid w:val="00196F8E"/>
+    <w:rsid w:val="001A2B7F"/>
+    <w:rsid w:val="001A3AFD"/>
+    <w:rsid w:val="001A496C"/>
+    <w:rsid w:val="001A576A"/>
+    <w:rsid w:val="001A744B"/>
+    <w:rsid w:val="001B28DA"/>
+    <w:rsid w:val="001B2B6C"/>
+    <w:rsid w:val="001B3D22"/>
+    <w:rsid w:val="001D01C4"/>
+    <w:rsid w:val="001D4DA9"/>
+    <w:rsid w:val="001D4F99"/>
+    <w:rsid w:val="001D52B0"/>
+    <w:rsid w:val="001D5A18"/>
+    <w:rsid w:val="001D7384"/>
+    <w:rsid w:val="001D7C37"/>
+    <w:rsid w:val="001D7CA4"/>
+    <w:rsid w:val="001E057F"/>
+    <w:rsid w:val="001E14EB"/>
+    <w:rsid w:val="001F59E6"/>
+    <w:rsid w:val="00202D7E"/>
+    <w:rsid w:val="00203F1C"/>
+    <w:rsid w:val="002044FA"/>
+    <w:rsid w:val="00206936"/>
+    <w:rsid w:val="00206C6F"/>
+    <w:rsid w:val="00206FBD"/>
+    <w:rsid w:val="00207746"/>
+    <w:rsid w:val="00230031"/>
+    <w:rsid w:val="00235C01"/>
+    <w:rsid w:val="00247343"/>
+    <w:rsid w:val="002645D5"/>
+    <w:rsid w:val="0026532D"/>
+    <w:rsid w:val="00265C56"/>
+    <w:rsid w:val="002716CD"/>
+    <w:rsid w:val="00274D4B"/>
+    <w:rsid w:val="002806F5"/>
+    <w:rsid w:val="00281577"/>
+    <w:rsid w:val="00284EF4"/>
+    <w:rsid w:val="002926BC"/>
+    <w:rsid w:val="00293A72"/>
+    <w:rsid w:val="00297CF6"/>
+    <w:rsid w:val="002A0160"/>
+    <w:rsid w:val="002A30C3"/>
+    <w:rsid w:val="002A6F6A"/>
+    <w:rsid w:val="002A7712"/>
+    <w:rsid w:val="002B02A6"/>
+    <w:rsid w:val="002B38F7"/>
+    <w:rsid w:val="002B4F50"/>
+    <w:rsid w:val="002B5591"/>
+    <w:rsid w:val="002B6AA4"/>
+    <w:rsid w:val="002C0BEF"/>
+    <w:rsid w:val="002C1FE9"/>
+    <w:rsid w:val="002C21A2"/>
+    <w:rsid w:val="002D3A57"/>
+    <w:rsid w:val="002D7D05"/>
+    <w:rsid w:val="002E20C8"/>
+    <w:rsid w:val="002E4290"/>
+    <w:rsid w:val="002E66A6"/>
+    <w:rsid w:val="002E6ECD"/>
+    <w:rsid w:val="002F0DB1"/>
+    <w:rsid w:val="002F2885"/>
+    <w:rsid w:val="002F45A1"/>
+    <w:rsid w:val="0030203D"/>
+    <w:rsid w:val="003037F9"/>
+    <w:rsid w:val="0030583E"/>
+    <w:rsid w:val="00307FE1"/>
+    <w:rsid w:val="0031130B"/>
+    <w:rsid w:val="003164BA"/>
+    <w:rsid w:val="0032013E"/>
+    <w:rsid w:val="003258E6"/>
+    <w:rsid w:val="00342283"/>
+    <w:rsid w:val="00343A87"/>
+    <w:rsid w:val="00344A36"/>
+    <w:rsid w:val="003456F4"/>
+    <w:rsid w:val="00347FB6"/>
+    <w:rsid w:val="003504FD"/>
+    <w:rsid w:val="00350881"/>
+    <w:rsid w:val="00354DD9"/>
+    <w:rsid w:val="00357D55"/>
+    <w:rsid w:val="00363513"/>
+    <w:rsid w:val="00364FE8"/>
+    <w:rsid w:val="003657E5"/>
+    <w:rsid w:val="0036589C"/>
+    <w:rsid w:val="00371312"/>
+    <w:rsid w:val="00371DC7"/>
+    <w:rsid w:val="00377B21"/>
+    <w:rsid w:val="00387DB7"/>
+    <w:rsid w:val="003906D9"/>
+    <w:rsid w:val="00390862"/>
+    <w:rsid w:val="00390CE3"/>
+    <w:rsid w:val="00394876"/>
+    <w:rsid w:val="00394AAF"/>
+    <w:rsid w:val="00394CE5"/>
+    <w:rsid w:val="0039602B"/>
+    <w:rsid w:val="003A6341"/>
+    <w:rsid w:val="003B67FD"/>
+    <w:rsid w:val="003B6A61"/>
+    <w:rsid w:val="003D0F63"/>
+    <w:rsid w:val="003D42C0"/>
+    <w:rsid w:val="003D4A8F"/>
+    <w:rsid w:val="003D5B29"/>
+    <w:rsid w:val="003D7818"/>
+    <w:rsid w:val="003E2445"/>
+    <w:rsid w:val="003E3BB2"/>
+    <w:rsid w:val="003F07E7"/>
+    <w:rsid w:val="003F5B58"/>
+    <w:rsid w:val="003F7E65"/>
+    <w:rsid w:val="0040222A"/>
+    <w:rsid w:val="00402A05"/>
+    <w:rsid w:val="004047BC"/>
+    <w:rsid w:val="004100F7"/>
+    <w:rsid w:val="00414CB3"/>
+    <w:rsid w:val="0041563D"/>
+    <w:rsid w:val="00426E25"/>
+    <w:rsid w:val="00427D9C"/>
+    <w:rsid w:val="00427E7E"/>
+    <w:rsid w:val="00433C60"/>
+    <w:rsid w:val="0043465D"/>
+    <w:rsid w:val="00443B6E"/>
+    <w:rsid w:val="00450636"/>
+    <w:rsid w:val="0045420A"/>
+    <w:rsid w:val="004554D4"/>
+    <w:rsid w:val="0045632E"/>
+    <w:rsid w:val="00461744"/>
+    <w:rsid w:val="00466185"/>
+    <w:rsid w:val="00466303"/>
+    <w:rsid w:val="004668A7"/>
+    <w:rsid w:val="00466C1E"/>
+    <w:rsid w:val="00466D96"/>
+    <w:rsid w:val="00467747"/>
+    <w:rsid w:val="00470017"/>
+    <w:rsid w:val="0047105A"/>
+    <w:rsid w:val="00473C98"/>
+    <w:rsid w:val="00474965"/>
+    <w:rsid w:val="00482DF8"/>
+    <w:rsid w:val="00485EFA"/>
+    <w:rsid w:val="004864DE"/>
+    <w:rsid w:val="00494BE5"/>
+    <w:rsid w:val="00495C12"/>
+    <w:rsid w:val="00495E30"/>
+    <w:rsid w:val="004A0EBA"/>
+    <w:rsid w:val="004A2538"/>
+    <w:rsid w:val="004A331E"/>
+    <w:rsid w:val="004A3CC9"/>
+    <w:rsid w:val="004B0C15"/>
+    <w:rsid w:val="004B35EA"/>
+    <w:rsid w:val="004B565A"/>
+    <w:rsid w:val="004B69E4"/>
+    <w:rsid w:val="004C6C39"/>
+    <w:rsid w:val="004D075F"/>
+    <w:rsid w:val="004D1B76"/>
+    <w:rsid w:val="004D344E"/>
+    <w:rsid w:val="004E019E"/>
+    <w:rsid w:val="004E06EC"/>
+    <w:rsid w:val="004E0A3F"/>
+    <w:rsid w:val="004E2CB7"/>
+    <w:rsid w:val="004E4576"/>
+    <w:rsid w:val="004F016A"/>
+    <w:rsid w:val="004F4DA8"/>
+    <w:rsid w:val="00500F94"/>
+    <w:rsid w:val="00502FB3"/>
+    <w:rsid w:val="00503DE9"/>
+    <w:rsid w:val="0050530C"/>
+    <w:rsid w:val="00505DEA"/>
+    <w:rsid w:val="005060E5"/>
+    <w:rsid w:val="00507782"/>
+    <w:rsid w:val="00512A04"/>
+    <w:rsid w:val="00520499"/>
+    <w:rsid w:val="0052341C"/>
+    <w:rsid w:val="005249F5"/>
+    <w:rsid w:val="005260F7"/>
+    <w:rsid w:val="00543BD1"/>
+    <w:rsid w:val="00556113"/>
+    <w:rsid w:val="005611BC"/>
+    <w:rsid w:val="005621C4"/>
+    <w:rsid w:val="00564C12"/>
+    <w:rsid w:val="005654B8"/>
+    <w:rsid w:val="00574836"/>
+    <w:rsid w:val="00575009"/>
+    <w:rsid w:val="005762CC"/>
+    <w:rsid w:val="00582D3D"/>
+    <w:rsid w:val="00590040"/>
+    <w:rsid w:val="00595386"/>
+    <w:rsid w:val="00597234"/>
+    <w:rsid w:val="005A4AC0"/>
+    <w:rsid w:val="005A539B"/>
+    <w:rsid w:val="005A5FDF"/>
+    <w:rsid w:val="005B0FB7"/>
+    <w:rsid w:val="005B122A"/>
+    <w:rsid w:val="005B1FCB"/>
+    <w:rsid w:val="005B5AC2"/>
+    <w:rsid w:val="005C2833"/>
+    <w:rsid w:val="005E144D"/>
+    <w:rsid w:val="005E1500"/>
+    <w:rsid w:val="005E3A43"/>
+    <w:rsid w:val="005F0B17"/>
+    <w:rsid w:val="005F77C7"/>
+    <w:rsid w:val="00605E08"/>
+    <w:rsid w:val="00620675"/>
+    <w:rsid w:val="00622910"/>
+    <w:rsid w:val="00624440"/>
+    <w:rsid w:val="006254B6"/>
+    <w:rsid w:val="00627FC8"/>
+    <w:rsid w:val="00633EB4"/>
+    <w:rsid w:val="00640C4C"/>
+    <w:rsid w:val="006433C3"/>
+    <w:rsid w:val="00650F5B"/>
+    <w:rsid w:val="00661D1D"/>
+    <w:rsid w:val="00665916"/>
+    <w:rsid w:val="006670D7"/>
+    <w:rsid w:val="006719EA"/>
+    <w:rsid w:val="00671F13"/>
+    <w:rsid w:val="006728AA"/>
+    <w:rsid w:val="0067400A"/>
+    <w:rsid w:val="006847AD"/>
+    <w:rsid w:val="0069114B"/>
+    <w:rsid w:val="006944C1"/>
+    <w:rsid w:val="006A756A"/>
+    <w:rsid w:val="006B7FE0"/>
+    <w:rsid w:val="006D66F7"/>
+    <w:rsid w:val="006E283C"/>
+    <w:rsid w:val="006E65DD"/>
+    <w:rsid w:val="006F5789"/>
+    <w:rsid w:val="00705C9D"/>
+    <w:rsid w:val="00705F13"/>
+    <w:rsid w:val="00714F1D"/>
+    <w:rsid w:val="00715225"/>
+    <w:rsid w:val="00720CC6"/>
+    <w:rsid w:val="00722DDB"/>
+    <w:rsid w:val="00724728"/>
+    <w:rsid w:val="00724F98"/>
+    <w:rsid w:val="00730B9B"/>
+    <w:rsid w:val="0073182E"/>
+    <w:rsid w:val="007332FF"/>
+    <w:rsid w:val="007408F5"/>
+    <w:rsid w:val="00741EAE"/>
+    <w:rsid w:val="00755248"/>
+    <w:rsid w:val="0076190B"/>
+    <w:rsid w:val="0076355D"/>
+    <w:rsid w:val="00763A2D"/>
+    <w:rsid w:val="007676A4"/>
+    <w:rsid w:val="00777795"/>
+    <w:rsid w:val="00783A57"/>
+    <w:rsid w:val="00784C92"/>
+    <w:rsid w:val="007859CD"/>
+    <w:rsid w:val="00785C24"/>
+    <w:rsid w:val="007907E4"/>
+    <w:rsid w:val="00796461"/>
+    <w:rsid w:val="007A5EFD"/>
+    <w:rsid w:val="007A6A4F"/>
+    <w:rsid w:val="007B03F5"/>
+    <w:rsid w:val="007B5C09"/>
+    <w:rsid w:val="007B5DA2"/>
+    <w:rsid w:val="007B70FE"/>
+    <w:rsid w:val="007C0966"/>
+    <w:rsid w:val="007C19E7"/>
+    <w:rsid w:val="007C5CFD"/>
+    <w:rsid w:val="007C6D9F"/>
+    <w:rsid w:val="007D4893"/>
+    <w:rsid w:val="007D48A4"/>
+    <w:rsid w:val="007E70CF"/>
+    <w:rsid w:val="007E74A4"/>
+    <w:rsid w:val="007F1B6F"/>
+    <w:rsid w:val="007F263F"/>
+    <w:rsid w:val="008015A8"/>
+    <w:rsid w:val="0080766E"/>
+    <w:rsid w:val="00811169"/>
+    <w:rsid w:val="00815297"/>
+    <w:rsid w:val="008170DB"/>
+    <w:rsid w:val="00817BA1"/>
+    <w:rsid w:val="00823022"/>
+    <w:rsid w:val="0082634E"/>
+    <w:rsid w:val="00830853"/>
+    <w:rsid w:val="008313C4"/>
+    <w:rsid w:val="00831AF2"/>
+    <w:rsid w:val="00834940"/>
+    <w:rsid w:val="00835434"/>
+    <w:rsid w:val="008358C0"/>
+    <w:rsid w:val="00836E22"/>
+    <w:rsid w:val="00841B39"/>
+    <w:rsid w:val="00842838"/>
+    <w:rsid w:val="00854EC1"/>
+    <w:rsid w:val="0085797F"/>
+    <w:rsid w:val="00860028"/>
+    <w:rsid w:val="00861DC3"/>
+    <w:rsid w:val="00867019"/>
+    <w:rsid w:val="00872B4E"/>
+    <w:rsid w:val="00872EF1"/>
+    <w:rsid w:val="0087320B"/>
+    <w:rsid w:val="008735A9"/>
+    <w:rsid w:val="00877BC5"/>
+    <w:rsid w:val="00877D20"/>
+    <w:rsid w:val="00881C48"/>
+    <w:rsid w:val="00885B80"/>
+    <w:rsid w:val="00885C30"/>
+    <w:rsid w:val="00885E9B"/>
+    <w:rsid w:val="0089368E"/>
+    <w:rsid w:val="00893C96"/>
+    <w:rsid w:val="0089500A"/>
+    <w:rsid w:val="00897C94"/>
+    <w:rsid w:val="008A7C12"/>
+    <w:rsid w:val="008B03CE"/>
+    <w:rsid w:val="008B521D"/>
+    <w:rsid w:val="008B529E"/>
+    <w:rsid w:val="008B766D"/>
+    <w:rsid w:val="008C17FB"/>
+    <w:rsid w:val="008C70BB"/>
+    <w:rsid w:val="008C7807"/>
+    <w:rsid w:val="008D1B00"/>
+    <w:rsid w:val="008D57B8"/>
+    <w:rsid w:val="008E03FC"/>
+    <w:rsid w:val="008E510B"/>
+    <w:rsid w:val="008E5D26"/>
+    <w:rsid w:val="00902B13"/>
+    <w:rsid w:val="00911941"/>
+    <w:rsid w:val="0092024D"/>
+    <w:rsid w:val="009222EB"/>
+    <w:rsid w:val="00925146"/>
+    <w:rsid w:val="00925F0F"/>
+    <w:rsid w:val="00932F6B"/>
+    <w:rsid w:val="00934E50"/>
+    <w:rsid w:val="009375DF"/>
+    <w:rsid w:val="009468BC"/>
+    <w:rsid w:val="00947FAE"/>
+    <w:rsid w:val="009616DF"/>
+    <w:rsid w:val="0096542F"/>
+    <w:rsid w:val="00967FA7"/>
+    <w:rsid w:val="00971645"/>
+    <w:rsid w:val="00977919"/>
+    <w:rsid w:val="00983000"/>
+    <w:rsid w:val="009870FA"/>
+    <w:rsid w:val="009921C3"/>
+    <w:rsid w:val="0099551D"/>
+    <w:rsid w:val="009A5897"/>
+    <w:rsid w:val="009A5F24"/>
+    <w:rsid w:val="009B0B3E"/>
+    <w:rsid w:val="009B1913"/>
+    <w:rsid w:val="009B1BF1"/>
+    <w:rsid w:val="009B53DF"/>
+    <w:rsid w:val="009B6657"/>
+    <w:rsid w:val="009B6966"/>
+    <w:rsid w:val="009C2B39"/>
+    <w:rsid w:val="009D0EB5"/>
+    <w:rsid w:val="009D14F9"/>
+    <w:rsid w:val="009D2B74"/>
+    <w:rsid w:val="009D63FF"/>
+    <w:rsid w:val="009E175D"/>
+    <w:rsid w:val="009E3CC2"/>
+    <w:rsid w:val="009F06BD"/>
+    <w:rsid w:val="009F2A4D"/>
+    <w:rsid w:val="009F3737"/>
+    <w:rsid w:val="00A00828"/>
+    <w:rsid w:val="00A03290"/>
+    <w:rsid w:val="00A0387E"/>
+    <w:rsid w:val="00A05BFD"/>
+    <w:rsid w:val="00A07490"/>
+    <w:rsid w:val="00A10655"/>
+    <w:rsid w:val="00A12B64"/>
+    <w:rsid w:val="00A22C38"/>
+    <w:rsid w:val="00A22D3C"/>
+    <w:rsid w:val="00A25193"/>
+    <w:rsid w:val="00A26E80"/>
+    <w:rsid w:val="00A31AE8"/>
+    <w:rsid w:val="00A3739D"/>
+    <w:rsid w:val="00A3761F"/>
+    <w:rsid w:val="00A37DDA"/>
+    <w:rsid w:val="00A45005"/>
+    <w:rsid w:val="00A53CF0"/>
+    <w:rsid w:val="00A66DD9"/>
+    <w:rsid w:val="00A7620F"/>
+    <w:rsid w:val="00A76790"/>
+    <w:rsid w:val="00A925EC"/>
+    <w:rsid w:val="00A929AA"/>
+    <w:rsid w:val="00A92B6B"/>
+    <w:rsid w:val="00AA541E"/>
+    <w:rsid w:val="00AB354D"/>
+    <w:rsid w:val="00AB3CE8"/>
+    <w:rsid w:val="00AD0DA4"/>
+    <w:rsid w:val="00AD4169"/>
+    <w:rsid w:val="00AE193F"/>
+    <w:rsid w:val="00AE25C6"/>
+    <w:rsid w:val="00AE2A8A"/>
+    <w:rsid w:val="00AE306C"/>
+    <w:rsid w:val="00AF28C1"/>
+    <w:rsid w:val="00B02EF1"/>
+    <w:rsid w:val="00B061EB"/>
+    <w:rsid w:val="00B07C97"/>
+    <w:rsid w:val="00B11C67"/>
+    <w:rsid w:val="00B13580"/>
+    <w:rsid w:val="00B15754"/>
+    <w:rsid w:val="00B16002"/>
+    <w:rsid w:val="00B2046E"/>
+    <w:rsid w:val="00B20E8B"/>
+    <w:rsid w:val="00B257E1"/>
+    <w:rsid w:val="00B2599A"/>
+    <w:rsid w:val="00B27AC4"/>
+    <w:rsid w:val="00B31D3A"/>
+    <w:rsid w:val="00B343CC"/>
+    <w:rsid w:val="00B5084A"/>
+    <w:rsid w:val="00B606A1"/>
+    <w:rsid w:val="00B614F7"/>
+    <w:rsid w:val="00B61B26"/>
+    <w:rsid w:val="00B65E6B"/>
+    <w:rsid w:val="00B674EB"/>
+    <w:rsid w:val="00B675B2"/>
+    <w:rsid w:val="00B81261"/>
+    <w:rsid w:val="00B8223E"/>
+    <w:rsid w:val="00B832AE"/>
+    <w:rsid w:val="00B86678"/>
+    <w:rsid w:val="00B92F9B"/>
+    <w:rsid w:val="00B941B3"/>
+    <w:rsid w:val="00B96513"/>
+    <w:rsid w:val="00BA1A56"/>
+    <w:rsid w:val="00BA1D47"/>
+    <w:rsid w:val="00BA66F0"/>
+    <w:rsid w:val="00BB2239"/>
+    <w:rsid w:val="00BB2AE7"/>
+    <w:rsid w:val="00BB6464"/>
+    <w:rsid w:val="00BC18CF"/>
+    <w:rsid w:val="00BC1BB8"/>
+    <w:rsid w:val="00BD7FE1"/>
+    <w:rsid w:val="00BE37CA"/>
+    <w:rsid w:val="00BE6144"/>
+    <w:rsid w:val="00BE635A"/>
+    <w:rsid w:val="00BF17E9"/>
+    <w:rsid w:val="00BF2ABB"/>
+    <w:rsid w:val="00BF5099"/>
+    <w:rsid w:val="00C10B5E"/>
+    <w:rsid w:val="00C10F10"/>
+    <w:rsid w:val="00C11E6F"/>
+    <w:rsid w:val="00C15D4D"/>
+    <w:rsid w:val="00C175DC"/>
+    <w:rsid w:val="00C30171"/>
+    <w:rsid w:val="00C309D8"/>
+    <w:rsid w:val="00C43519"/>
+    <w:rsid w:val="00C45263"/>
+    <w:rsid w:val="00C51537"/>
+    <w:rsid w:val="00C52BC3"/>
+    <w:rsid w:val="00C53ECF"/>
+    <w:rsid w:val="00C61AFA"/>
+    <w:rsid w:val="00C61D64"/>
+    <w:rsid w:val="00C62099"/>
+    <w:rsid w:val="00C64EA3"/>
+    <w:rsid w:val="00C72867"/>
+    <w:rsid w:val="00C75E81"/>
+    <w:rsid w:val="00C86609"/>
+    <w:rsid w:val="00C92B4C"/>
+    <w:rsid w:val="00C954F6"/>
+    <w:rsid w:val="00C96318"/>
+    <w:rsid w:val="00CA36A0"/>
+    <w:rsid w:val="00CA6BC5"/>
+    <w:rsid w:val="00CC2F1A"/>
+    <w:rsid w:val="00CC571B"/>
+    <w:rsid w:val="00CC61CD"/>
+    <w:rsid w:val="00CC6C02"/>
+    <w:rsid w:val="00CC737B"/>
+    <w:rsid w:val="00CD5011"/>
+    <w:rsid w:val="00CE640F"/>
+    <w:rsid w:val="00CE76BC"/>
+    <w:rsid w:val="00CF540E"/>
+    <w:rsid w:val="00D02F07"/>
+    <w:rsid w:val="00D15D88"/>
+    <w:rsid w:val="00D27D49"/>
+    <w:rsid w:val="00D27EBE"/>
+    <w:rsid w:val="00D32BCF"/>
+    <w:rsid w:val="00D34336"/>
+    <w:rsid w:val="00D35D55"/>
+    <w:rsid w:val="00D3664B"/>
+    <w:rsid w:val="00D36A49"/>
+    <w:rsid w:val="00D517C6"/>
+    <w:rsid w:val="00D5309E"/>
+    <w:rsid w:val="00D71D84"/>
+    <w:rsid w:val="00D72464"/>
+    <w:rsid w:val="00D72A57"/>
+    <w:rsid w:val="00D768EB"/>
+    <w:rsid w:val="00D81E17"/>
+    <w:rsid w:val="00D82D1E"/>
+    <w:rsid w:val="00D832D9"/>
+    <w:rsid w:val="00D83EC2"/>
+    <w:rsid w:val="00D90F00"/>
+    <w:rsid w:val="00D975C0"/>
+    <w:rsid w:val="00DA5285"/>
+    <w:rsid w:val="00DB191D"/>
+    <w:rsid w:val="00DB205A"/>
+    <w:rsid w:val="00DB4F91"/>
+    <w:rsid w:val="00DB6D0A"/>
+    <w:rsid w:val="00DC06BE"/>
+    <w:rsid w:val="00DC1F0F"/>
+    <w:rsid w:val="00DC3117"/>
+    <w:rsid w:val="00DC43D7"/>
+    <w:rsid w:val="00DC5DD9"/>
+    <w:rsid w:val="00DC6D2D"/>
+    <w:rsid w:val="00DD4E59"/>
+    <w:rsid w:val="00DE33B5"/>
+    <w:rsid w:val="00DE5E18"/>
+    <w:rsid w:val="00DF0487"/>
+    <w:rsid w:val="00DF5EA4"/>
+    <w:rsid w:val="00E02681"/>
+    <w:rsid w:val="00E02792"/>
+    <w:rsid w:val="00E034D8"/>
+    <w:rsid w:val="00E04CC0"/>
+    <w:rsid w:val="00E15816"/>
+    <w:rsid w:val="00E160D5"/>
+    <w:rsid w:val="00E235CB"/>
+    <w:rsid w:val="00E239FF"/>
+    <w:rsid w:val="00E27D7B"/>
+    <w:rsid w:val="00E30556"/>
+    <w:rsid w:val="00E30981"/>
+    <w:rsid w:val="00E32991"/>
+    <w:rsid w:val="00E33136"/>
+    <w:rsid w:val="00E34D7C"/>
+    <w:rsid w:val="00E3598A"/>
+    <w:rsid w:val="00E3723D"/>
+    <w:rsid w:val="00E43797"/>
+    <w:rsid w:val="00E44C89"/>
+    <w:rsid w:val="00E457A6"/>
+    <w:rsid w:val="00E61BA2"/>
+    <w:rsid w:val="00E63864"/>
+    <w:rsid w:val="00E6403F"/>
+    <w:rsid w:val="00E75451"/>
+    <w:rsid w:val="00E770C4"/>
+    <w:rsid w:val="00E84C5A"/>
+    <w:rsid w:val="00E861DB"/>
+    <w:rsid w:val="00E86A01"/>
+    <w:rsid w:val="00E908F1"/>
+    <w:rsid w:val="00E93406"/>
+    <w:rsid w:val="00E956C5"/>
+    <w:rsid w:val="00E95C39"/>
+    <w:rsid w:val="00EA2C39"/>
+    <w:rsid w:val="00EB0A3C"/>
+    <w:rsid w:val="00EB0A96"/>
+    <w:rsid w:val="00EB77F9"/>
+    <w:rsid w:val="00EC5769"/>
+    <w:rsid w:val="00EC7D00"/>
+    <w:rsid w:val="00ED0304"/>
+    <w:rsid w:val="00ED4FF7"/>
+    <w:rsid w:val="00ED5B7B"/>
+    <w:rsid w:val="00EE38FA"/>
+    <w:rsid w:val="00EE3E2C"/>
+    <w:rsid w:val="00EE5D23"/>
+    <w:rsid w:val="00EE750D"/>
+    <w:rsid w:val="00EF051F"/>
+    <w:rsid w:val="00EF3CA4"/>
+    <w:rsid w:val="00EF49A8"/>
+    <w:rsid w:val="00EF7859"/>
+    <w:rsid w:val="00F00DA8"/>
+    <w:rsid w:val="00F014DA"/>
+    <w:rsid w:val="00F02591"/>
+    <w:rsid w:val="00F15931"/>
+    <w:rsid w:val="00F23D85"/>
+    <w:rsid w:val="00F467B9"/>
+    <w:rsid w:val="00F5696E"/>
+    <w:rsid w:val="00F60EFF"/>
+    <w:rsid w:val="00F67D2D"/>
+    <w:rsid w:val="00F8121E"/>
+    <w:rsid w:val="00F858F2"/>
+    <w:rsid w:val="00F860CC"/>
+    <w:rsid w:val="00F94398"/>
+    <w:rsid w:val="00FB2B56"/>
+    <w:rsid w:val="00FB3CC5"/>
+    <w:rsid w:val="00FB55D5"/>
+    <w:rsid w:val="00FB7F9B"/>
+    <w:rsid w:val="00FC12BF"/>
+    <w:rsid w:val="00FC2C60"/>
+    <w:rsid w:val="00FD3E6F"/>
+    <w:rsid w:val="00FD51B9"/>
+    <w:rsid w:val="00FD5849"/>
+    <w:rsid w:val="00FD7BA9"/>
+    <w:rsid w:val="00FD7ECD"/>
+    <w:rsid w:val="00FE03E4"/>
+    <w:rsid w:val="00FE2A39"/>
+    <w:rsid w:val="00FF39CF"/>
+    <w:rsid w:val="00FF7159"/>
+    <w:rsid w:val="00FF792F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="414F1D2D"/>
+  <w14:docId w14:val="4F5484D3"/>
+  <w15:docId w15:val="{181BFB0A-615A-4F29-96B7-9EB65D046283}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Lato" w:eastAsia="Calibri" w:hAnsi="Lato" w:cs="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...9 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="3" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="8" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="7" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="1" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -9058,55 +14760,55 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="1" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="1" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="1" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="1" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="1" w:uiPriority="33"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
@@ -9169,530 +14871,1729 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...13 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00AE193F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00485544"/>
+    <w:rsid w:val="00F23D85"/>
     <w:pPr>
-      <w:tabs>
-[...6 lines deleted...]
-      </w:tabs>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-      <w:szCs w:val="38"/>
+      <w:rFonts w:ascii="Lato SemiBold" w:eastAsia="Times New Roman" w:hAnsi="Lato SemiBold"/>
+      <w:color w:val="F4551A" w:themeColor="text2"/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00485544"/>
+    <w:rsid w:val="00F23D85"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:tabs>
-[...7 lines deleted...]
-      <w:spacing w:before="120"/>
+      <w:spacing w:before="240"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
-      <w:b/>
+      <w:rFonts w:ascii="Lato SemiBold" w:eastAsia="Times New Roman" w:hAnsi="Lato SemiBold"/>
+      <w:color w:val="008387" w:themeColor="accent3"/>
       <w:sz w:val="32"/>
-      <w:szCs w:val="32"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:qFormat/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00D15D88"/>
     <w:pPr>
       <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00CC6C02"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:eastAsia="Times New Roman" w:hAnsi="Lato SemiBold"/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009A5F24"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
       <w:b/>
+      <w:color w:val="343741" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009A5F24"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="5"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="606060"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009A5F24"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="6"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="343741" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009A5F24"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="7"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="606060"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009A5F24"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="8"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="343741" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Centreheading">
-    <w:name w:val="Centreheading"/>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003504FD"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00F23D85"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:eastAsia="Times New Roman" w:hAnsi="Lato SemiBold"/>
+      <w:color w:val="F4551A" w:themeColor="text2"/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00F23D85"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:eastAsia="Times New Roman" w:hAnsi="Lato SemiBold"/>
+      <w:color w:val="008387" w:themeColor="accent3"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F23D85"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:eastAsia="Times New Roman" w:hAnsi="Lato SemiBold"/>
+      <w:bCs/>
+      <w:color w:val="343741" w:themeColor="text1"/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="60"/>
+      <w:szCs w:val="64"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:rsid w:val="00F23D85"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:eastAsia="Times New Roman" w:hAnsi="Lato SemiBold"/>
+      <w:bCs/>
+      <w:color w:val="343741" w:themeColor="text1"/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="60"/>
+      <w:szCs w:val="64"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005654B8"/>
     <w:pPr>
+      <w:spacing w:after="60"/>
       <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:smallCaps/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Centremajor">
-[...5 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EE3E2C"/>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:sz w:val="30"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Centresubheading">
-    <w:name w:val="Centresubheading"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="003F7E65"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BlockText">
+    <w:name w:val="Block Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:semiHidden/>
+    <w:rsid w:val="00414CB3"/>
     <w:rPr>
-      <w:b/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B02EF1"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="right" w:pos="9000"/>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00595386"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subtitle0">
+    <w:name w:val="Sub title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F23D85"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi"/>
+      <w:color w:val="F4551A" w:themeColor="text2"/>
+      <w:sz w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="003F7E65"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:eastAsia="Times New Roman" w:hAnsi="Lato SemiBold"/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342283"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005762CC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:color w:val="808080"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="BlockText"/>
+    <w:uiPriority w:val="34"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003B6A61"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00132658"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Appendix">
+    <w:name w:val="Appendix"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="11"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00414CB3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00414CB3"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00414CB3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Bulletlist">
+    <w:name w:val="Bullet list"/>
+    <w:basedOn w:val="NoList"/>
+    <w:rsid w:val="009F2A4D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGridLight">
+    <w:name w:val="Grid Table Light"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="40"/>
+    <w:rsid w:val="00B2599A"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableTheme">
+    <w:name w:val="Table Theme"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00414CB3"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003F7E65"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:color w:val="343741" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003F7E65"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:color w:val="606060"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003F7E65"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:color w:val="343741" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003F7E65"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:color w:val="606060"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003F7E65"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:color w:val="343741" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Numberlist">
+    <w:name w:val="Number list"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="007C6D9F"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber">
+    <w:name w:val="List Number"/>
+    <w:aliases w:val="Number list level 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="5"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A22C38"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber2">
+    <w:name w:val="List Number 2"/>
+    <w:aliases w:val="Number list level 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="5"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A22C38"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber3">
+    <w:name w:val="List Number 3"/>
+    <w:aliases w:val="Number list level 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="5"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A22C38"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber4">
+    <w:name w:val="List Number 4"/>
+    <w:aliases w:val="Number list level 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="5"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A22C38"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber5">
+    <w:name w:val="List Number 5"/>
+    <w:aliases w:val="List number 5 - with space"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="5"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A22C38"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:aliases w:val="Bullet list level 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="4"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00176123"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
+    <w:name w:val="List Bullet 2"/>
+    <w:aliases w:val="Bullet list level 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="4"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006847AD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
+    <w:name w:val="List Bullet 3"/>
+    <w:aliases w:val="Bullet list level 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="4"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006847AD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet4">
+    <w:name w:val="List Bullet 4"/>
+    <w:aliases w:val="Bullet list level 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="4"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006847AD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet5">
+    <w:name w:val="List Bullet 5"/>
+    <w:aliases w:val="Bullet list level 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="4"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004E2CB7"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+        <w:numId w:val="8"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F0DB1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="003B67FD"/>
+    <w:pPr>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007859CD"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007859CD"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007859CD"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="440"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablebulletlistlevel1">
+    <w:name w:val="Table bullet list level 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="00872EF1"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="7"/>
+      </w:numPr>
+      <w:spacing w:after="20"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablebulletlistlevel2">
+    <w:name w:val="Table bullet list level 2"/>
+    <w:basedOn w:val="Tablebulletlistlevel1"/>
+    <w:uiPriority w:val="6"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002716CD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablebulletlistlevel3">
+    <w:name w:val="Table bullet list level 3"/>
+    <w:basedOn w:val="Tablebulletlistlevel2"/>
+    <w:uiPriority w:val="6"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="002716CD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablebulletlistlevel4">
+    <w:name w:val="Table bullet list level 4"/>
+    <w:basedOn w:val="Tablebulletlistlevel3"/>
+    <w:uiPriority w:val="6"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="002716CD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablebulletlistlevel5">
+    <w:name w:val="Table bullet list level 5"/>
+    <w:basedOn w:val="Tablebulletlistlevel4"/>
+    <w:uiPriority w:val="6"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="002716CD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablebulletlistlevel6">
+    <w:name w:val="Table bullet list level 6"/>
+    <w:basedOn w:val="Tablebulletlistlevel5"/>
+    <w:uiPriority w:val="6"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="001D7CA4"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="5"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablebulletlistlevel7">
+    <w:name w:val="Table bullet list level 7"/>
+    <w:basedOn w:val="Tablebulletlistlevel6"/>
+    <w:uiPriority w:val="6"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="002716CD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="6"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablebulletlistlevel8">
+    <w:name w:val="Table bullet list level 8"/>
+    <w:basedOn w:val="Tablebulletlistlevel7"/>
+    <w:uiPriority w:val="6"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="002716CD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="7"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablebulletlistlevel9">
+    <w:name w:val="Table bullet list level 9"/>
+    <w:basedOn w:val="Tablebulletlistlevel8"/>
+    <w:uiPriority w:val="6"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="002716CD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="8"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Tablebulletlist">
+    <w:name w:val="Table bullet list"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002716CD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablenumberlistlevel1">
+    <w:name w:val="Table number list level 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="7"/>
+    <w:rsid w:val="00872EF1"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:spacing w:after="20"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablenumberlistlevel2">
+    <w:name w:val="Table number list level 2"/>
+    <w:basedOn w:val="Tablenumberlistlevel1"/>
+    <w:uiPriority w:val="7"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002716CD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablenumberlistlevel3">
+    <w:name w:val="Table number list level 3"/>
+    <w:basedOn w:val="Tablenumberlistlevel2"/>
+    <w:uiPriority w:val="7"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="002716CD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablenumberlistlevel4">
+    <w:name w:val="Table number list level 4"/>
+    <w:basedOn w:val="Tablenumberlistlevel3"/>
+    <w:uiPriority w:val="7"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="002716CD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablenumberlistlevel5">
+    <w:name w:val="Table number list level 5"/>
+    <w:basedOn w:val="Tablenumberlistlevel4"/>
+    <w:uiPriority w:val="7"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="002716CD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablenumberlistlevel6">
+    <w:name w:val="Table number list level 6"/>
+    <w:basedOn w:val="Tablenumberlistlevel5"/>
+    <w:uiPriority w:val="7"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="002716CD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="5"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablenumberlistlevel7">
+    <w:name w:val="Table number list level 7"/>
+    <w:basedOn w:val="Tablenumberlistlevel6"/>
+    <w:uiPriority w:val="7"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="002716CD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="6"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablenumberlistlevel8">
+    <w:name w:val="Table number list level 8"/>
+    <w:basedOn w:val="Tablenumberlistlevel7"/>
+    <w:uiPriority w:val="7"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="002716CD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="7"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablenumberlistlevel9">
+    <w:name w:val="Table number list level 9"/>
+    <w:basedOn w:val="Tablenumberlistlevel8"/>
+    <w:uiPriority w:val="7"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="002716CD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="8"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Tablenumberlist">
+    <w:name w:val="Table number list"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002716CD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable1Light-Accent4">
+    <w:name w:val="Grid Table 1 Light Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="00EB0A3C"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFD39C" w:themeColor="accent4" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFD39C" w:themeColor="accent4" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFD39C" w:themeColor="accent4" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFD39C" w:themeColor="accent4" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFD39C" w:themeColor="accent4" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFD39C" w:themeColor="accent4" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9FBD6B" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="9FBD6B" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="NTGTable">
+    <w:name w:val="NTG Table"/>
+    <w:basedOn w:val="TableGrid"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CA36A0"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="40"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:trPr>
+      <w:cantSplit/>
+    </w:trPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:wordWrap/>
+        <w:spacing w:beforeLines="0" w:before="60" w:beforeAutospacing="0" w:afterLines="0" w:after="60" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="0" w:left="0" w:rightChars="0" w:right="0" w:firstLineChars="0" w:firstLine="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:mirrorIndents w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="9"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:trPr>
+        <w:tblHeader/>
+      </w:trPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="002645D5"/>
+    <w:rPr>
+      <w:iCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PageNumber">
+    <w:name w:val="page number"/>
+    <w:aliases w:val="Page number"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="00E908F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:sz w:val="19"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00872EF1"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00872EF1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="NTGTable1">
+    <w:name w:val="NTG Table1"/>
+    <w:basedOn w:val="TableGrid"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="007A5EFD"/>
+    <w:pPr>
+      <w:spacing w:after="40"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:trPr>
+      <w:cantSplit/>
+    </w:trPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:wordWrap/>
+        <w:spacing w:beforeLines="0" w:before="60" w:beforeAutospacing="0" w:afterLines="0" w:after="60" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="0" w:left="0" w:rightChars="0" w:right="0" w:firstLineChars="0" w:firstLine="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:mirrorIndents w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="9"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:trPr>
+        <w:tblHeader/>
+      </w:trPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Requiredfieldmark">
+    <w:name w:val="Required field mark"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F23D85"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="F4551A" w:themeColor="text2"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Questionlabel">
+    <w:name w:val="Question label"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="007A5EFD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Hidden">
+    <w:name w:val="Hidden"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="00354DD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:aliases w:val="Page header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="8"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005621C4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="240"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:aliases w:val="Page header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="005621C4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001D7384"/>
+    <w:rPr>
+      <w:color w:val="0D5D90" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006E65DD"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...20 lines deleted...]
-    <w:name w:val="annotation reference"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CD07E1"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00CD07E1"/>
+    <w:rsid w:val="006E65DD"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
-[...2 lines deleted...]
-    <w:next w:val="CommentText"/>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CD07E1"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006E65DD"/>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CD07E1"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009C2B39"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DocumentMap">
-[...3 lines deleted...]
-    <w:rsid w:val="001B0F08"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="004F4DA8"/>
     <w:pPr>
-      <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
+      <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...24 lines deleted...]
-      <w:sz w:val="22"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:szCs w:val="22"/>
-    </w:rPr>
-[...10 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
-[...64 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="147527222">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="852114397">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="871840382">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1720862592">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@lgant.asn.au" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\franke\OneDrive%20-%20Northern%20Territory%20Government\test\NTG_Form.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="NTG theme new">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="NTG 2025">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="343741"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="F4551A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="F4551A"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="003251"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="008387"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="566C30"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="552855"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="009DC1"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="0D5D90"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="NT Government brand">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Lato Semibold"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Lato"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -9839,113 +16740,204 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
+  <PublishDate>2026-02-06T00:00:00</PublishDate>
+  <Abstract/>
+  <CompanyAddress/>
+  <CompanyPhone/>
+  <CompanyFax/>
+  <CompanyEmail/>
+</CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E1C346A6EA2B2144BC0D19F3480EB5D7" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="34559545b1c13ae6d00a8e6c5b1471d2">
-[...2 lines deleted...]
-    <xsd:import namespace="c5fc120e-75b0-4c95-aca8-bebaf50905ba"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000D5DC2D57304074891DA90958028A07E" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f1aa8120e0c13af98388d9b02e92cdc7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3329e829-62eb-4e48-be1c-0c31c537a906" xmlns:ns3="b698a532-6ab4-4469-a220-0a81ed6efdd8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9beb174176c209b901e6461dd8c8a2be" ns2:_="" ns3:_="">
+    <xsd:import namespace="3329e829-62eb-4e48-be1c-0c31c537a906"/>
+    <xsd:import namespace="b698a532-6ab4-4469-a220-0a81ed6efdd8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4af5d6f4-6f7d-49bd-a022-ad6ae640d61f" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3329e829-62eb-4e48-be1c-0c31c537a906" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="88c252ca-a782-4b9e-8798-91a96574061b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c5fc120e-75b0-4c95-aca8-bebaf50905ba" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b698a532-6ab4-4469-a220-0a81ed6efdd8" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{adc815ef-7e9b-40fd-b22d-3db5ce5f474f}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="b698a532-6ab4-4469-a220-0a81ed6efdd8">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
@@ -10008,149 +17000,128 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <SharedWithUsers xmlns="c5fc120e-75b0-4c95-aca8-bebaf50905ba">
-[...5 lines deleted...]
-    </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3329e829-62eb-4e48-be1c-0c31c537a906">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b698a532-6ab4-4469-a220-0a81ed6efdd8" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3F2E86C-74B2-4DAE-B6DD-CFB95E2BB3F8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C540D05-6F24-4753-946B-239D17F1173D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0AEA073-49A6-4BFA-B3AC-019BF362FAB9}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54DD7587-5C66-4A93-8375-80D590C12334}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1FDF7EC-AD7F-49AA-8B91-BB844DF86C5E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{803C0DF6-E70D-4EAF-B592-3E621334EF18}"/>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E4D92A8-2DF7-42AB-97AF-D0D72F1642DB}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>NTG_Form</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>6696</Characters>
+  <Pages>8</Pages>
+  <Words>2083</Words>
+  <Characters>10525</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>172</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>359</Lines>
+  <Paragraphs>183</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Code of Conduct Complaint Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Housing, Local Government and Community Development</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7760</CharactersWithSpaces>
+  <CharactersWithSpaces>12490</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...1 lines deleted...]
-  <cp:lastModifiedBy/>
+  <dc:title>Code of Conduct complaint form</dc:title>
+  <dc:creator>NorthernTerritoryGovernment@ntgov.onmicrosoft.com</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100E1C346A6EA2B2144BC0D19F3480EB5D7</vt:lpwstr>
-[...26 lines deleted...]
-    <vt:lpwstr/>
+    <vt:lpwstr>0x0101000D5DC2D57304074891DA90958028A07E</vt:lpwstr>
   </property>
 </Properties>
 </file>